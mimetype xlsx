--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,200 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 04:49</t>
-[...26 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 29/12/2025 11:44</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA - OM LZW 3115 - 45 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO AIR COOL - 18000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA RETRATIL SILICONE - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL WINNINGSTAR ST-5534 - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED ECOPOWER EP-TV040 / SMART / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SECADOR DE AR ECOPOWER EP-3535 - 2500W - BIVOLT</t>
-[...35 lines deleted...]
-    <t>Ferros</t>
+    <t>GARRAFA TERMICA KALPANA KL-120 / 1.2L + 260ML / PRETO</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO WADFOW WMD15551 - 220V</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM FURADEIRA WADFOW WDT4B119 - 119 PCS</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI BAND 9 ACTIVE M2435B1 / LILAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - RIVER PLATE</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - BOCA JUNIORS</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X13 MAX - CINZA</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X13 MAX - AZUL</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ELECTROBRAS EBHE-66L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - OLIMPIA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS VIDRO - RAF R.8052 - 3 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 110V</t>
-[...53 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>GRILL RAF R.5414 - CHAPA LISA - 70CM - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MAQUINA DE YOGURT RAF R.14404 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e07a719ecf7d45525ad3654523c5ac.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1848e3093ebdb676f8210be3d4ab8b52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b41a68c7c342fa6e90f3a23a54e992a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1fd177e65e6fad5927d8cee819f8f0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9af8ef4ed5d6af51af644f102d53c669.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf63f06ea42c23a9c6d54d8b8dec5a7b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce6c3c604901ebff056e1c32516a9401.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89dee1ae40613e7f4b46e78c4da671a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691eaa121547df7aa4cc59ce16b770be.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae9a0a84d977f8bd5d49292c610121e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fd1d06ab31e58e2fafd38c38a17bd41.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ffb458f300f81c5e2f815863cad902.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d49a63f970d42407c68fe3eca02cdc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4528c696b5587fdaa50a31846125489.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc6a158f7aa0f4348e7d6f5f870ddc88.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcb87c16d11796da0ff1c1a670d69e73.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9293b66db0507f645a468e0b27ed556b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2de50fdb01417f528fa334eb137c81cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e31e11b6a27007271123b6272643b13.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11caed2d7922beaaf84c30b83c1d8dab.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8265db7bcdf760ebca009a38c6c7a08.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19d06227484c4d50d7e266a6e5d7667.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9eedd3a633b998b1c08133f7e0f7c91.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c02d79ba227ca89022ecc4a1662ab0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c36c78f27a1d757298536113528c61.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0b6ec68eab0139c5b0adec42eba229.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd946f951ce16684bfad0e3e6b79132a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51648f2a7f5da8c4c2e46bb1f309fee6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fadf5ec340600a918ed894f06749e6b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e850292e1ea0f2c7f054c59b94a964cd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5389fb63c8a01ac34b5a15ceb089317.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78e806143caae39d87e20f9b71b9fec9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702fdb37e117e4aa01170dcb2a7f5ea5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd1fd52a5a46455482fc49eee1d6da5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b97570fd2438eb08e1d811546942e5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087a2e38232d44163a255d946769f437.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296781c7eb924f00c552df48717c0302.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6fa27e7207f4c15b537709f0777f79.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3079e2f5d7d2eadb8cde9ae2283b291c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb8152bb927c1d3ca0efbd65ea070e3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569910</v>
+        <v>576314</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>135.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569927</v>
+        <v>576345</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>135.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569934</v>
+        <v>576406</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>0.76</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569941</v>
+        <v>576468</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569958</v>
+        <v>576475</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569965</v>
+        <v>576505</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>139.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569972</v>
+        <v>576543</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>139.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570015</v>
+        <v>576567</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570022</v>
+        <v>576581</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>2.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570077</v>
+        <v>576604</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570084</v>
+        <v>576628</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>10.5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570091</v>
+        <v>576635</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>5.25</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570107</v>
+        <v>576642</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>5.25</v>
+        <v>440.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570114</v>
+        <v>576659</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>53.0</v>
+        <v>440.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570121</v>
+        <v>576680</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>2.2</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570138</v>
+        <v>576727</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>2.75</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570145</v>
+        <v>576734</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570152</v>
+        <v>576741</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>45.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570190</v>
+        <v>576765</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570206</v>
+        <v>576772</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
+        <v>51</v>
+      </c>
+      <c r="E21" t="s">
         <v>47</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>