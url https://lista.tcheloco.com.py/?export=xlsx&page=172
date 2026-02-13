--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,206 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 11:44</t>
-[...2 lines deleted...]
-    <t>KIT DE FERRAMENTAS COM MALETA - OM LZW 3115 - 45 PCS</t>
+    <t>Lista gerada no: 12/02/2026 21:42</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA FACIAL LIMPEZA MEGASTAR BR905</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO SATE A-TK842 - BIVOLT</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>OM</t>
-[...29 lines deleted...]
-    <t>BATEDEIRA MANUAL WINNINGSTAR ST-5534 - 220V</t>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PARAFUSADEIRA DE IMPACTO SATE A-TK841 - BIVOLT</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 FEMEA</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>VENTILADOR LEVEL DE P LVC-207-110 / 16" / 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA KODAK - AA - 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>KODAK</t>
+  </si>
+  <si>
+    <t>TV 32'' SMART LED JVC 32KM158 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>TV 58'' SMART LED JVC 58KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED JVC 65KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV D1238 12"/USB/TF/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV D2118 2X10" - REC/USB/MIC/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV J2225 2X12" REC/USB/MIC/BLT</t>
+  </si>
+  <si>
+    <t>BIKE ELETRICA FOSTON P170 - PRETO - ARO 16''</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS WINNINGSTAR ST-5214 - 4 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>HOME THEATER AILIANG UF-DC6038 - BLT/REC/USB/ 3.1</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>AILIANG</t>
+  </si>
+  <si>
+    <t>PULVERIZADOR WADFOW WRS1820 - 2L</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL RAF R.96633 - 110V</t>
   </si>
   <si>
     <t>Batedeiras</t>
   </si>
   <si>
-    <t>WINNINGSTAR</t>
-[...44 lines deleted...]
-    <t>MOTO ELETRICA FOSTON X13 MAX - CINZA</t>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>BATEDEIRA RAF R.96637 - 110V</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - AZUL</t>
   </si>
   <si>
     <t>Motos el�tricas</t>
-  </si>
-[...40 lines deleted...]
-    <t>Eletrodom�sticos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8265db7bcdf760ebca009a38c6c7a08.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19d06227484c4d50d7e266a6e5d7667.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9eedd3a633b998b1c08133f7e0f7c91.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c02d79ba227ca89022ecc4a1662ab0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c36c78f27a1d757298536113528c61.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0b6ec68eab0139c5b0adec42eba229.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd946f951ce16684bfad0e3e6b79132a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51648f2a7f5da8c4c2e46bb1f309fee6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fadf5ec340600a918ed894f06749e6b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e850292e1ea0f2c7f054c59b94a964cd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5389fb63c8a01ac34b5a15ceb089317.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78e806143caae39d87e20f9b71b9fec9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702fdb37e117e4aa01170dcb2a7f5ea5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd1fd52a5a46455482fc49eee1d6da5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b97570fd2438eb08e1d811546942e5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087a2e38232d44163a255d946769f437.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296781c7eb924f00c552df48717c0302.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6fa27e7207f4c15b537709f0777f79.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3079e2f5d7d2eadb8cde9ae2283b291c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb8152bb927c1d3ca0efbd65ea070e3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee240160692ed47d9b9ba744d2a7e1f5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6ed0d2d1447742b2f48d55c662167a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97330f35ff9c8a77a2cd7bc70eee7d7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb74b94b1da76447a00725da5b4e72d0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39be17fec20fcb2711271857a9a0bac5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62d4feb9cb7a0b5a9e9b216c876b4e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383ef94bef123b089c26daf504b0bbbf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506a288bc12872a0a6529565519dbd42.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa43b0803924c1907dd13fb19293639.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1202f9a31f2df3dcd4f3c82f4f70377d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8814aeeb1e8ec5312c8d790b6a7bc5fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2047b13cb867ee5455384ca288f2dd95.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1daa1ffdbd443b5fd28243e83df3e03.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e46bca65d67e278c15db3921e3e0f5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97df06effa4b99d694d2bea0f97d6f0c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a0a902635b606a939370d80ebfa34.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ccd586ac14d2955b812a39ac487a13a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b156e152f1caaffef68558c0761a7e0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc97ee0566121fabbbabc1a59cfcb535.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09a54ff3519b78d64ff63bd45d7976e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576314</v>
+        <v>580502</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.0</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576345</v>
+        <v>580526</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576406</v>
+        <v>580533</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>380.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576468</v>
+        <v>580540</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576475</v>
+        <v>580595</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576505</v>
+        <v>580601</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>135.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576543</v>
+        <v>580618</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576567</v>
+        <v>580632</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576581</v>
+        <v>580656</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>75.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576604</v>
+        <v>580663</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>20.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576628</v>
+        <v>580694</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>4.5</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576635</v>
+        <v>580700</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>4.5</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576642</v>
+        <v>580717</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>440.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576659</v>
+        <v>580724</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>440.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576680</v>
+        <v>580748</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>113.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576727</v>
+        <v>580755</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>4.5</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576734</v>
+        <v>580762</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>4.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576741</v>
+        <v>580779</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>27.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576765</v>
+        <v>580786</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>32.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576772</v>
+        <v>580809</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="F21" s="3">
-        <v>23.0</v>
+        <v>820.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>