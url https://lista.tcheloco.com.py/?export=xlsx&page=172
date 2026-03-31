--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,209 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 21:42</t>
-[...14 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 31/03/2026 00:43</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>DRIVER SHAMSONIC D800</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>SHAMSONIC</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR PORTATIL YM88209A</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR SD-12 - 3 VELOCIDADES - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>TV 58'' SMART LED JVC LT-58KM858 - UHD/SMART/4K/BT/QLED</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115A - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY3115B - BLT/IPX7/40W/FLIP</t>
+  </si>
+  <si>
+    <t>TERMICA INFANTIL INOVA VT-037 - 600ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>ADAPTADOR TOMADA 2 PINOS - PADRAO ARGENTINA AR</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TERMICA SPORTS EMBORRACHADA - 550ML</t>
+  </si>
+  <si>
+    <t>COPO TERMICO LOVE - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>KIT DE 3 LAMPADAS COM CONTROLE - 1+3COB - AAA</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8768 - BT/USB - 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BAK BK-COC-220 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST127 - 600W - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST220 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL BRITANIA PRESS 180 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS RAF R.2509 - 16 UNID - 220V</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA VIDRO RAF R.7204 - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CABO RCA MEGA STAR RCA5 - 5M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
   </si>
   <si>
     <t>MEGASTAR</t>
-  </si>
-[...118 lines deleted...]
-    <t>Motos el�tricas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee240160692ed47d9b9ba744d2a7e1f5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6ed0d2d1447742b2f48d55c662167a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97330f35ff9c8a77a2cd7bc70eee7d7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb74b94b1da76447a00725da5b4e72d0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39be17fec20fcb2711271857a9a0bac5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62d4feb9cb7a0b5a9e9b216c876b4e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383ef94bef123b089c26daf504b0bbbf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506a288bc12872a0a6529565519dbd42.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa43b0803924c1907dd13fb19293639.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1202f9a31f2df3dcd4f3c82f4f70377d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8814aeeb1e8ec5312c8d790b6a7bc5fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2047b13cb867ee5455384ca288f2dd95.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1daa1ffdbd443b5fd28243e83df3e03.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e46bca65d67e278c15db3921e3e0f5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97df06effa4b99d694d2bea0f97d6f0c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a0a902635b606a939370d80ebfa34.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ccd586ac14d2955b812a39ac487a13a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b156e152f1caaffef68558c0761a7e0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc97ee0566121fabbbabc1a59cfcb535.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09a54ff3519b78d64ff63bd45d7976e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659d460994efaa05422567520bc5669d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f592c94819bf1cf86910d2cb79c170a0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d68afc19d6701e2a6efb93b0299163a5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/998d6ffa7a5ed55a4b689eaad385fea3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025772920b2a9e7a6b570e85cc847b55.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c2ea6e2cfdbcc365019721925f810e3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27665ffecea8c62fd6a2839d14f2d055.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55c72e95b905e497fce2ae7936c9b55.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee72bed8522e7249f9b8a8ae5424a2c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d326bd9c5034a3a5876aaef25f2e954b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e39665006baefcc44146d77ed1cc744.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273b520d60b83053bd45c524d6904988.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ba21ad1539e016fc0e4000f378fa63.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e46aa011bb0e38a71e62424cb09961b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0810c4cb0a0ae5b18a2142d3f74d4df.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24023da8da9cbfcdf19f142409718bc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d799353069ce9180747379dd077863.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e56a3ffe94b8357925d0138bda7eb2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffba0913d26b52413a5cb104ad645f7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff923a678ad19f6eaffaa570f5b0b8ea.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580502</v>
+        <v>583411</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>59.5</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580526</v>
+        <v>583435</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580533</v>
+        <v>583480</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>21.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580540</v>
+        <v>583497</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580595</v>
+        <v>583510</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>0.5</v>
+        <v>338.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580601</v>
+        <v>583527</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580618</v>
+        <v>583534</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>0.59</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580632</v>
+        <v>583572</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>120.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580656</v>
+        <v>583596</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>310.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580663</v>
+        <v>583602</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>399.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580694</v>
+        <v>583619</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>83.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580700</v>
+        <v>583626</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>187.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580717</v>
+        <v>583633</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>217.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580724</v>
+        <v>583640</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>285.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580748</v>
+        <v>583657</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>43.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580755</v>
+        <v>583664</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>42.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580762</v>
+        <v>583671</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580779</v>
+        <v>583688</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580786</v>
+        <v>583695</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580809</v>
+        <v>583701</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>820.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>