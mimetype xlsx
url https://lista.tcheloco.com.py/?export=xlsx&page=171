--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,197 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 04:51</t>
-[...5 lines deleted...]
-    <t>Smart Watch / Fitness</t>
+    <t>Lista gerada no: 29/12/2025 12:01</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 - MARSKE RF-3028A - BIVOLT</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LAMPADA LED SUNLIGHT 19153 / 30W / E27 / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / VERMELHO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C505 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C831 - 12000MAH</t>
+  </si>
+  <si>
+    <t>SECADOR LUMA BELLA LB-64014 - 2400W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL WINNINGSTAR ST-9399 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE CLIP 1 / BLUETOOTH / ROSA</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE C1 LITE - BLT - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE C1 LITE - BLT - LILAS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA LUO LU-4992 / 2.5L + COPO MATERO + BOMBA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS GOOD KING NRI-20015 - 15 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA - OM LZW 3115 - 45 PCS</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>XO</t>
   </si>
   <si>
-    <t>RELOGIO XO XO-M10 ULTRA / PRETO</t>
-[...92 lines deleted...]
-    <t>TV SMART LED 32'' MTEK MY32FSPH / BLT / AND / WIFI</t>
+    <t>AR CONDICIONADO AIR COOL - 18000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA RETRATIL SILICONE - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL WINNINGSTAR ST-5534 - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED ECOPOWER EP-TV040 / SMART / WIFI / DGT</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
-    <t>MTEK</t>
-[...14 lines deleted...]
-    <t>POSITRON</t>
+    <t>GARRAFA TERMICA KALPANA KL-120 / 1.2L + 260ML / PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f39ee6525d0614dbe9d955b7765150b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221df8a7ace16e351eb5364a297d9343.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cd86c5eb2ed52e1f9a269ab6a824d0f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a3b3d1500dcadb64d68fb95bb93753.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c9d4e2a00150d5f9e8837a6793dbb10.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65576af8d5d84d7cca2f2aac61495888.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72489eb249602fc93431f33d65d0ce01.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0110634b4c7028949e2e1201f615c5c3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0014376f507530f52dd4a47f90277a19.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0d19e95c9f01f36ae65bfac867df23.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2381e7c6a12b00dbadca60812f19413b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fdc1c9bbcb73d1ebaac77e38d6b9c9a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808d38b516b41b686e689fecf353628e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cffe8905bc95d50f3488c47bc1c1817.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6218896a43d2052e1bf72163e5447e6f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21478534b16f40ecdf1144c472d64c97.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de2a2f379212a8c58d992e9235ebbde6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5636884d6ff052c03325a34bcd1cd1c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe89cd1d1526e60bffa36fd5c307c01.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dac41f9b96b1fdd240ba6e03f0aa6758.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4ddf3105fe3d52c0f210d270cb9983.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bbb7c6504a9d9b8c1d8f4c4dcc9e78f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958681b3cc8ce98b81e748bc903f5131.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda8bf4462903c3b3ea5ded0abd68729.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3694b4b1284bb13501e979544cee215a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74870c7f37175ca9482a4e2f01b3787a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d977d00029e6a9a7f0396c15262df99.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ccef0306e5abdde0eed6ad19e3b431.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44ca95b5e2ae11e9a6e47b2d345b2bb8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aefca5e6234755bbe4267c10f6d4b74.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff397e8a8f805886230b914385972133.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efeecffdabbcebbd7e8b23279a3a9db5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb070db8dd4124765d8e2b0bfcf4ff2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa31ac4e823ce74d27c246c385f6d2c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e334f1cd24722160ef6c16990881fe9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f808d8f882e25f1daec13a26d9d61634.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b316370651530bcfbf4ed1c09d5a707.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1f5626d0f7a6dcf96445c090f47229.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27912c96b43a01468aa6ea02e5f22d1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4b29eb4c88d6135fa9fd67d4171ad6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569576</v>
+        <v>576062</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569583</v>
+        <v>576086</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>19.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569590</v>
+        <v>576109</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>33.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569606</v>
+        <v>576116</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>33.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569620</v>
+        <v>576147</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>149.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569637</v>
+        <v>576154</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569651</v>
+        <v>576178</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>105.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569668</v>
+        <v>576185</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>2.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569675</v>
+        <v>576208</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569682</v>
+        <v>576215</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>21.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569699</v>
+        <v>576222</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569712</v>
+        <v>576284</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569729</v>
+        <v>576291</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569736</v>
+        <v>576314</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569750</v>
+        <v>576345</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569798</v>
+        <v>576406</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>22.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569804</v>
+        <v>576468</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569811</v>
+        <v>576475</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>90.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569842</v>
+        <v>576505</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F20" s="3">
-        <v>13.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569903</v>
+        <v>576543</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>71.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>