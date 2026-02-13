--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,203 +14,164 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 12:01</t>
-[...5 lines deleted...]
-    <t>Depiladores</t>
+    <t>Lista gerada no: 12/02/2026 21:59</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C868 - 36000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LAMPADA LED SUNLIGHT 19153 / 30W / E27 / BRANCO</t>
-[...44 lines deleted...]
-    <t>Grill</t>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VAPORETO WINNINGSTAR ST-4600 - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
   </si>
   <si>
     <t>WINNINGSTAR</t>
-  </si>
-[...70 lines deleted...]
-    <t>GARRAFA TERMICA KALPANA KL-120 / 1.2L + 260ML / PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +194,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4ddf3105fe3d52c0f210d270cb9983.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bbb7c6504a9d9b8c1d8f4c4dcc9e78f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958681b3cc8ce98b81e748bc903f5131.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda8bf4462903c3b3ea5ded0abd68729.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3694b4b1284bb13501e979544cee215a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74870c7f37175ca9482a4e2f01b3787a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d977d00029e6a9a7f0396c15262df99.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ccef0306e5abdde0eed6ad19e3b431.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44ca95b5e2ae11e9a6e47b2d345b2bb8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aefca5e6234755bbe4267c10f6d4b74.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff397e8a8f805886230b914385972133.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efeecffdabbcebbd7e8b23279a3a9db5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb070db8dd4124765d8e2b0bfcf4ff2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa31ac4e823ce74d27c246c385f6d2c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e334f1cd24722160ef6c16990881fe9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f808d8f882e25f1daec13a26d9d61634.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b316370651530bcfbf4ed1c09d5a707.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1f5626d0f7a6dcf96445c090f47229.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27912c96b43a01468aa6ea02e5f22d1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4b29eb4c88d6135fa9fd67d4171ad6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7432daaf1d036bccb836b0ba3b9c6faf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d8a3f17e2ec78e3e850237dc36de9e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb0a7c07364ca39932723b98f389fb1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27177addafe3d286147078a8c2928202.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a33c66eb38bb303223febb30080494d4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/799bb280da58d5871ab9bbe376993b17.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3855d7e7e10213eb69d6e7b47a25b624.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f71d220fe5b2cc5b1092dfc77b0222.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf669e10bcf46965114379156c1cd7e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f311c17cb6dc0c66990e32c5be7297e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c4985c3e4d44817e45f912b167f0919.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406d9973a232b9abb0bffd44d2bf9b0b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12c663fee676c39d016cb78b91042c8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de76d77dc277a3051dfd92599e4b5af6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c715b34900892cdb11eac969ec2e462f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e39bf56d14425fb32aa2cf9ff75249.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c5ead789b14d49da03cac636bef27c7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61bd41c3cbe4884fdeb03e25d247e4ee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0942c700036c1f769f6b4393aaff7838.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fa28609e701dce01aa523fc3e1e469.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1105,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576062</v>
+        <v>580236</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576086</v>
+        <v>580250</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576109</v>
+        <v>580267</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576116</v>
+        <v>580274</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>23.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576147</v>
+        <v>580281</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576154</v>
+        <v>580298</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576178</v>
+        <v>580304</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>6.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576185</v>
+        <v>580311</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>32.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576208</v>
+        <v>580328</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576215</v>
+        <v>580335</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>9.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576222</v>
+        <v>580342</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>9.75</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576284</v>
+        <v>580359</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
         <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576291</v>
+        <v>580366</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576314</v>
+        <v>580373</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576345</v>
+        <v>580380</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576406</v>
+        <v>580410</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>380.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576468</v>
+        <v>580427</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576475</v>
+        <v>580434</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576505</v>
+        <v>580441</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>135.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576543</v>
+        <v>580489</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="D21" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>75.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>