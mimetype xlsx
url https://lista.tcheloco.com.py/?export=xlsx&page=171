--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,164 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 21:59</t>
-[...5 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>Lista gerada no: 31/03/2026 02:32</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-302 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-303 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO RAF R.10033 - 180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS COM TAMPA RAF R.8033B - 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>KIT DE FRIGIDEIRAS RAF R.80008 20/24/28CM - 3 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M311</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
-[...59 lines deleted...]
-    <t>Ferramentas</t>
+    <t>ANDROID TV BOX - I96 KING - 8K</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
-[...14 lines deleted...]
-    <t>WINNINGSTAR</t>
+    <t>PORTA TEMPEROS 11092  INOX/VIDRO - 12 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA 3 EM 1 BRITANIA BES26SR - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-55 - 5.5L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74000 - 32CM - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74001 - 25CM - 220V</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K43220 - USB/T-C - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI L33020 - T-C/T-C - 1M</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K36350 - T-C/T-C - 2M</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / LARANJA</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>MAQUINA 3 EM 1 DALING DL-9238 - 17474</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO DALING DL-130</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15031</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -194,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7432daaf1d036bccb836b0ba3b9c6faf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d8a3f17e2ec78e3e850237dc36de9e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb0a7c07364ca39932723b98f389fb1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27177addafe3d286147078a8c2928202.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a33c66eb38bb303223febb30080494d4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/799bb280da58d5871ab9bbe376993b17.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3855d7e7e10213eb69d6e7b47a25b624.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f71d220fe5b2cc5b1092dfc77b0222.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf669e10bcf46965114379156c1cd7e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f311c17cb6dc0c66990e32c5be7297e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c4985c3e4d44817e45f912b167f0919.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406d9973a232b9abb0bffd44d2bf9b0b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12c663fee676c39d016cb78b91042c8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de76d77dc277a3051dfd92599e4b5af6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c715b34900892cdb11eac969ec2e462f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e39bf56d14425fb32aa2cf9ff75249.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c5ead789b14d49da03cac636bef27c7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61bd41c3cbe4884fdeb03e25d247e4ee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0942c700036c1f769f6b4393aaff7838.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fa28609e701dce01aa523fc3e1e469.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0a0cde9570f4d4f7a1ebbc8ba420bbd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf1384354501b89758bd9b4a10b59f9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6946d30bd5232f0520a59a871f500d8a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af607127407c9dab35b1ba7653b47ecb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae61a261efbf8f27abbd3a178314209.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c98751d029a02cb829987c29856c1fd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3a0d12648fffee4bce21e969abe493.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59da3e441a1f79b176ddde8710429086.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c73f1b0443a928ff044777f9975eca6f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca3730268f9254596519013138ea221.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87bc21c2c6ba47a12e7d6807e73b769f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32165f16cb25dc004ecde3a9ca480b27.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e6021a0e97722c86921b52673d396.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d443e3e0e1e9c2fa733efab646b330d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d435d11fecdac7f8c38d65af4c67f70.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f119e1a2784481edd2276260485d957.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407dbd4678369c327c30aeb2962a970c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0224bfdf7e31afbe0db8910f65b734.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76388913a304493e6fb3e04b6725cbbd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c7cd347df44a1e9848c71bee50182e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1105,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580236</v>
+        <v>582933</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580250</v>
+        <v>582940</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580267</v>
+        <v>582971</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580274</v>
+        <v>582988</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>13</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580281</v>
+        <v>582995</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580298</v>
+        <v>583046</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580304</v>
+        <v>583053</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580311</v>
+        <v>583077</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580328</v>
+        <v>583121</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580335</v>
+        <v>583145</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580342</v>
+        <v>583183</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580359</v>
+        <v>583190</v>
       </c>
       <c r="C13" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580366</v>
+        <v>583206</v>
       </c>
       <c r="C14" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580373</v>
+        <v>583213</v>
       </c>
       <c r="C15" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580380</v>
+        <v>583220</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580410</v>
+        <v>583343</v>
       </c>
       <c r="C17" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580427</v>
+        <v>583374</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580434</v>
+        <v>583381</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580441</v>
+        <v>583398</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580489</v>
+        <v>583411</v>
       </c>
       <c r="C21" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>75.0</v>
+        <v>5.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>