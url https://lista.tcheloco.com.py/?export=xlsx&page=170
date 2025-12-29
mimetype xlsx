--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,194 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 06:47</t>
-[...5 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 29/12/2025 13:25</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL303 - 30CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>APARADOR PORTATIL SATE A-TK886 - REG - BIVOLT</t>
-[...65 lines deleted...]
-    <t>SECADOR XO XO-CF28 - MODELO DYSON - 220V</t>
+    <t>LUMINARIA COM SENSOR SATE A-FL402 - 40CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL403 - 40CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL602 - 60CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL603 - 60CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>COPO VIDRO DUPLO 80ML NESPRESSO - 1 UNID</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-1208 - 12'' - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-801 - 8" - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 20" LUO LU-A86</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A91</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A94</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-1209 - 12'' - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 - MARSKE RF-3028A - BIVOLT</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>LAMPADA LED SUNLIGHT 19153 / 30W / E27 / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / VERMELHO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C505 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C831 - 12000MAH</t>
+  </si>
+  <si>
+    <t>SECADOR LUMA BELLA LB-64014 - 2400W - 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>RELOGIO XO XO-H140 4G / CAMERA / WIFI / ROSA</t>
-[...38 lines deleted...]
-    <t>ECOPOWER</t>
+    <t>SANDUICHERA GRILL WINNINGSTAR ST-9399 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb02410d804e60a04476fa7a925bc3fb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b702a3eeba7fbb267fb345ebfef92560.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25632f3a0d4889e6f9bb050471a2d9a3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b7c78f59893103e4114a9c17772bcc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea37b781283902a38d9dfc7b5f9c7dc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2ea5d1065d2b90c08a2e9bfd0e723d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/724419151b50fb97ea26bed329c8eff5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa1fa2da0695bc513c21940560214fc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7856ca20b049b5c0e7305072fc260ca1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf450e24cb7663f25a9c3c45aa84e7d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1167142133b22e75c8df80d249cc8282.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d0f327a2b56608b0aa792fd87bf226.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a38eaa14f200cd4033f540159d5b8ca.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9e62896246a97c3d09a6d836fb498b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/269be54a4e9d07fc58872e055644eacc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b19cef853d6ac8f23d0da745058572d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e110e43183695a64a3b9c1a7bfa880.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c566ec8f24c309296bc98fb830c5254.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24f46f9e9190955986c915917460829.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1235b9ba27e588c4b575eac000d02e6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c1abba2baebf01eb6bb47b67f7418ef.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e73d2ea66d00c8de2b5a34c6dcad09f8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/756d01f68da84549b0b5bc5a30b1d203.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264b7249d1db112ef1fd83a6ce216621.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0529d86ca9252fff0f3a8d3f055d6dba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b79485659c818bd5a836f7f2edd1ef.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a025af3a52db19e900e5a14a9863d23.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee8a10af0fb1a87deb89b333a67d3b7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000784cdc75bb0210922d75a1506d8e0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7c2d1c8c56fc7a4116e39d1ae9c360.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaee45c2b47743bf297f6c6c5cc697ca.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480a0fadb11536e9ef494a003ea822cd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e1bfeb0ad5298f4b0514a3d2906413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681243ba1587835ae7ac17d3933a56ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8cdadd585825d170b425a6c8d5f0bbe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405159b4e88e0aaf9606d00554455e4d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18e1bef4a20449c43309a0a9b7ebf680.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5fa3a39a5e02382f00847e3a2be323.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2009431b29c6793e1273ad9bf2e50551.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c764846fb99064e60b513d60264d4cd7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569415</v>
+        <v>575928</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569422</v>
+        <v>575935</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>30.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569439</v>
+        <v>575942</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>30.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569453</v>
+        <v>575959</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569460</v>
+        <v>575966</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569477</v>
+        <v>575973</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569484</v>
+        <v>575980</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>139.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569491</v>
+        <v>575997</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569507</v>
+        <v>576000</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569514</v>
+        <v>576017</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569521</v>
+        <v>576024</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569538</v>
+        <v>576031</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>34.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569552</v>
+        <v>576062</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569569</v>
+        <v>576086</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569576</v>
+        <v>576109</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569583</v>
+        <v>576116</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>19.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569590</v>
+        <v>576147</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>33.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569606</v>
+        <v>576154</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>33.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569620</v>
+        <v>576178</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>149.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569637</v>
+        <v>576185</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>