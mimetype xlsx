--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,185 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 13:25</t>
-[...5 lines deleted...]
-    <t>Luminarias D/Emergencia</t>
+    <t>Lista gerada no: 12/02/2026 23:17</t>
+  </si>
+  <si>
+    <t>FECHADURA ELETRONICA HYE-630MAX - COM CAMERA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED HYE HYE65ATUX - HDMI/SMART/4K /DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED HYE HYE40ATFZ - FHD/SMART/ANDROID 14</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD 2 - 11" - 256G/8GB - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO GAMER KOLKE KGA-312 - HERO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1988 / BLT/FM/TF/MP3 / 8"2</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SOPRADOR/ASPIRADOR TUCANO TURBO TC-55</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATEDEIRA BRITANIA PLANET BBP760P - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 128GB / 6 RAM / LILAS</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2283 USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V302 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO PORTATIL NOBLEX NP3500H1PY - 12.000BTU - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS SMART EBJE-02 - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV ATV PLASMA 2GB RAM/16GB/5G/8K</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO MEGASTAR BC-205 - 40KG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>WATERPIK TUCANO TC-61 - DIG/REG/PORT - SG</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ SATE LED A-MH016 - RGB - 50W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LUMINARIA COM SENSOR SATE A-FL402 - 40CM - RECARREGAVEL</t>
-[...59 lines deleted...]
-    <t>Lampadas E27</t>
+    <t>BOLSA TERMICA SUNLIGHT 14473</t>
+  </si>
+  <si>
+    <t>Diversos</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / PRETO</t>
-[...11 lines deleted...]
-    <t>BATERIA AUXILIAR ECOPOWER EP-C505 - 12000MAH</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C802 - DIG - 12000MAH</t>
   </si>
   <si>
     <t>Carregadores Portateis</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...17 lines deleted...]
-    <t>WINNINGSTAR</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c1abba2baebf01eb6bb47b67f7418ef.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e73d2ea66d00c8de2b5a34c6dcad09f8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/756d01f68da84549b0b5bc5a30b1d203.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264b7249d1db112ef1fd83a6ce216621.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0529d86ca9252fff0f3a8d3f055d6dba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b79485659c818bd5a836f7f2edd1ef.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a025af3a52db19e900e5a14a9863d23.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee8a10af0fb1a87deb89b333a67d3b7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000784cdc75bb0210922d75a1506d8e0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7c2d1c8c56fc7a4116e39d1ae9c360.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaee45c2b47743bf297f6c6c5cc697ca.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480a0fadb11536e9ef494a003ea822cd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e1bfeb0ad5298f4b0514a3d2906413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681243ba1587835ae7ac17d3933a56ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8cdadd585825d170b425a6c8d5f0bbe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405159b4e88e0aaf9606d00554455e4d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18e1bef4a20449c43309a0a9b7ebf680.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5fa3a39a5e02382f00847e3a2be323.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2009431b29c6793e1273ad9bf2e50551.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c764846fb99064e60b513d60264d4cd7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8cb6dad2d8540602e92c152ce673e44.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e9845ab85e762291a02e21008c74ab.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c585b30ec30ac44733c1ed9cb4669b22.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/967d23ffd86594e5f1928bcb6e259687.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce9435a893db3319aaa09635d6c49ace.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c454dc8d488b21160c3a3fc17c7b37.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fece09bab25f69fad5068375024ab1b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e3df9c2ad484250a3373161ab96264.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb460d32a570cf5db9cebb90610b1f99.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7fb5a32356fa234f77718b61430af86.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e79fc20106ca4d95cd56be4dae955f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a700b2d682c38599cd0bab9b908c5d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9050c7abd0f7e2e221249266c99fb26.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d306205fa7aea4c436cefd93449a9f47.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c75681d3f418c9860ec583e385f6ae95.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe7e93110f42cef5c416e47fb1a9605.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694f181546ed534acce7d9b7eed6563f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb37d79355031ce4a43f9eecb847dfba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feaa59805f87e52a1c15601517681e62.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cce66f8dac8aa08ac30b3f3bde3cf0a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575928</v>
+        <v>579629</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.9</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575935</v>
+        <v>579636</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.9</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575942</v>
+        <v>579650</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>4.9</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575959</v>
+        <v>579698</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>5.9</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575966</v>
+        <v>579711</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>5.9</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575973</v>
+        <v>579773</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>1.2</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575980</v>
+        <v>579803</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>35.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575997</v>
+        <v>579810</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576000</v>
+        <v>579841</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576017</v>
+        <v>579858</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576024</v>
+        <v>579865</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576031</v>
+        <v>579872</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576062</v>
+        <v>579889</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576086</v>
+        <v>579933</v>
       </c>
       <c r="C15" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576109</v>
+        <v>579964</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576116</v>
+        <v>580069</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>23.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576147</v>
+        <v>580090</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576154</v>
+        <v>580199</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576178</v>
+        <v>580212</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3">
-        <v>6.6</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576185</v>
+        <v>580229</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3">
-        <v>32.0</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>