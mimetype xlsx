--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,218 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 23:17</t>
-[...23 lines deleted...]
-    <t>Tablets</t>
+    <t>Lista gerada no: 31/03/2026 02:48</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO GAMER KOLKE KGA-312 - HERO</t>
-[...11 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>DRONE S9HP - DUAL CAMERA - COM DISPLAY</t>
+  </si>
+  <si>
+    <t>Drones</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18220 - COLUMNA - 3X1 - 18" - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18127 - COLUMNA - 3X1 - 18" - 110V</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8761- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SOPRADOR/ASPIRADOR TUCANO TURBO TC-55</t>
-[...62 lines deleted...]
-    <t>Balan�as de Mercado</t>
+    <t>RADIO CAR ECOPOWER EP-8762 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8763 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8764- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8765 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8766- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR  LUO LU-4002 - UNIVERSAL - RETRATIL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16239B - AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>ALISADOR MEGASTAR GWB618N - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>WATERPIK TUCANO TC-61 - DIG/REG/PORT - SG</t>
-[...29 lines deleted...]
-    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
+    <t>ALISADOR MEGASTAR GWB618P - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.9267 - 300W - BRANCO - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA NOTEBOOK LUO LU-4007</t>
+  </si>
+  <si>
+    <t>Notebook</t>
+  </si>
+  <si>
+    <t>QUADRICICLO ELETRICO INFANTIL LEVEL LVR-179 - VERMELHO</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M302</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M304</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-301 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8cb6dad2d8540602e92c152ce673e44.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e9845ab85e762291a02e21008c74ab.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c585b30ec30ac44733c1ed9cb4669b22.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/967d23ffd86594e5f1928bcb6e259687.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce9435a893db3319aaa09635d6c49ace.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c454dc8d488b21160c3a3fc17c7b37.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fece09bab25f69fad5068375024ab1b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e3df9c2ad484250a3373161ab96264.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb460d32a570cf5db9cebb90610b1f99.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7fb5a32356fa234f77718b61430af86.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e79fc20106ca4d95cd56be4dae955f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a700b2d682c38599cd0bab9b908c5d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9050c7abd0f7e2e221249266c99fb26.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d306205fa7aea4c436cefd93449a9f47.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c75681d3f418c9860ec583e385f6ae95.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe7e93110f42cef5c416e47fb1a9605.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694f181546ed534acce7d9b7eed6563f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb37d79355031ce4a43f9eecb847dfba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feaa59805f87e52a1c15601517681e62.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cce66f8dac8aa08ac30b3f3bde3cf0a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d63b4ae4a1987a1c54993cd39d1ae3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5727f62048ba9dbe32f7361845ebbf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a391a63d2a6a2bd58db54372dc45d0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5bff2b754e096bb5e72cb240ccb8658.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581e7fd7a7a1c2069d3fc7ba91baa862.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ca5ea8c984e201ebffa0fd34a845a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e23c483c19ae82c8aaf43821855b98a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd526ed07cbbe14d5e909940d669a17.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a0b673f16da7c12c0d83b47177a473.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e863f1651d401d5cc68cbf43d5e8c44.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf8e8dedb80171a0bef576401936ea67.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b3b72488798beed184b53214e546b7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7ad84926928b8ac06e4e1882d00cd0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f985b8b9e30e06a1ece07090da4d2fd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c35bd701bd213d037e38a6ceb827bf46.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bf248388ecf6fc2993b74c7d7d85052.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e60373afce2cc9e260a099a3d5890a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a90e3262075dd21892891a2d2cdcb1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b7ecf27362b7e31035eb86f7376ed5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9299db8f71b0a7b84e089e207af4df4d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,414 +1132,414 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579629</v>
+        <v>582452</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>88.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579636</v>
+        <v>582476</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>348.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579650</v>
+        <v>582513</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>129.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579698</v>
+        <v>582520</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>183.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579711</v>
+        <v>582575</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579773</v>
+        <v>582582</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>102.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579803</v>
+        <v>582599</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579810</v>
+        <v>582605</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>59.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579841</v>
+        <v>582612</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>101.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579858</v>
+        <v>582629</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>38.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579865</v>
+        <v>582636</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579872</v>
+        <v>582711</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>290.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579889</v>
+        <v>582766</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579933</v>
+        <v>582773</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>95.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579964</v>
+        <v>582780</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580069</v>
+        <v>582803</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>33.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580090</v>
+        <v>582889</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>75.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580199</v>
+        <v>582902</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580212</v>
+        <v>582919</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F20" s="3">
         <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580229</v>
+        <v>582926</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
         <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>