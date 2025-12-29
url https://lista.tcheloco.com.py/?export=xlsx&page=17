--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,215 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 16:23</t>
-[...11 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-1925 - BLUETOOTH - 1 MICROFONE</t>
+    <t>Lista gerada no: 29/12/2025 05:17</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR WAHL - 97788-100 - 2XAAA - F-Q</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA FREE INOX FR-K120 / 2L / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MEGASTAR GE230 BOWL PLASTICO / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BATERIA +312 POWER  PR312 C/06P (AP SURDEZ)</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>POWER ONE</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA ELETRICA MEGA STAR - PS-1200 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-097 - 4800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-097D - 5200W - 220V</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RX-17BT - AM/FM - USB - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATELLITE A-35G - SEM FIO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO - 60 X 60</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 110V</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO COM VERMELHO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>DVR TUCANO - KIT COM 8 CAMERAS - 8 CANAIS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM LARANJA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2226  USB/SD/FM/BLUETOOH</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
-[...23 lines deleted...]
-    <t>TELEFONE SEM FIO PHILIPS D1301B - 6.0 - BIVOLT - 1 FONE</t>
+    <t>TELEFONE PANASONIC KX-GB110 - COM BINA - PRETO 2V</t>
   </si>
   <si>
     <t>Telefones S/Fio</t>
   </si>
   <si>
-    <t>PHILIPS</t>
-[...71 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2220 - USB - CARTAO SD - FM - BLUETOOTH</t>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>SPEAKER  ECOPOWER EP-2232 USB/SD/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2233 USB/SD/FM/BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
-    <t>MATA MOSQUITO ELETRICO BAK - BK-540 - 110/60HZ</t>
-[...14 lines deleted...]
-    <t>WAHL</t>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-601PET - 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 110V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41851399267ae7e0ce90b04018141a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29988dfc09711d94fb4d2c6587f70571.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a382a377f7e4eb143c22505d9c716f5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d50426af93e16a99ebf9a9516798dc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a371fb39198d8d353c46cbfc3411a4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ef830d373531a982fe4f4c1a0f7401.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76c743d19cb5414a7d17487c46c49a1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81dc9fa8b0f0ce0eab5b075daf367260.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b736758976d3c590062925244c0b6c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04aa82db83482acca06e24862e7edbe.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07eb3e55c95b25dbbcd58777e1c0f842.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca1c8df5f9703a55088ec498e8a49bcf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/077dac32c3aeb74c18c93eb9acdd6a2b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ee3ff3df54009159941007eab7b847.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e39731ed59a713d2b0d0b521f42bd738.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5fe87fcd161e967597573ad8778c38.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e965f15e8d56b57788b86c387a1faf02.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa58de3fa1c8b74adc818e183515115.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c74ecdaceb8db9142cacd15d8d46aacc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ce72524838bc3141ba68f41afde202.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f4e9a0aa2c9f1e05550c4a57fc615e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3e71a69db66bfb41c8a6449a91f59e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2534731eb03878390eff438fb31e350a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba532299fc67171c2be5a839e8d67e7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b5bc400b1c875480ab2c77a32ae92f9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d79223028c97eebcdc86dc2539a510f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e732df671715b939c81371b50330fa8f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f85611815d0c6d47314cf862da00642.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2ca59619f8687be791b75b4998ae76.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71e002ddb14154132b1153c97391d6d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f9aa29b7b74f4a6aaeb4a836d67226.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d31815a0a692cd836a28ff4ec751d462.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9ad28f1961d1468abb0fc7b9a6c4176.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0821aab885ec7e863fc5ceee4a0e1ec8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30abc02181a106dc83f5cb30256a9bd5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e333dc6c8a02ba4f5f2fcd8aac3d43.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7c068213e1f35effc82c0fd9d5e3da.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062afa8b4af1efc017120d7fcbcee7e3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604b90d5559fbc6e419f2bb44429d365.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f88d96afcbaf722ff545b0c1218ea44.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>320078</v>
+        <v>338523</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.1</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>321129</v>
+        <v>338745</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>128.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>321594</v>
+        <v>340472</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>322058</v>
+        <v>341349</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>57.0</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>323321</v>
+        <v>341486</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>324960</v>
+        <v>343121</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>325257</v>
+        <v>343138</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>26.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>326360</v>
+        <v>343602</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>12.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>326377</v>
+        <v>346320</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>49.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>326414</v>
+        <v>346405</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>10.6</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>327633</v>
+        <v>346474</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>5.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>329545</v>
+        <v>346498</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>8.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>332149</v>
+        <v>346504</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>332811</v>
+        <v>346511</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>334433</v>
+        <v>347587</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>2.8</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>335058</v>
+        <v>350969</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>16.5</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>335126</v>
+        <v>352055</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>7.6</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>336789</v>
+        <v>352062</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>338196</v>
+        <v>352390</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>50</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>338523</v>
+        <v>352437</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>