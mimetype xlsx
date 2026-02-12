--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,209 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 05:17</t>
-[...38 lines deleted...]
-    <t>PIPOQUEIRA ELETRICA MEGA STAR - PS-1200 - 220V</t>
+    <t>Lista gerada no: 12/02/2026 18:23</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - BRANCO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM ROSA</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H126</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H125</t>
+  </si>
+  <si>
+    <t>KIT DVR TUCANO - 8 CANAIS - 4 CAMERAS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
+  </si>
+  <si>
+    <t>PNEU BIKE ARAME PIRELLI - SC-MBII - 26X2.00</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>PIRELLI</t>
+  </si>
+  <si>
+    <t>DVD PORTATIL MAXON MX-955 - 9 POLEGADAS - USB - SD</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2613 - 16 LEDS - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>CANETA LASER 5 PONTAS</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL BELLA MA NB-23 - PRETO - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>SECADOR ONIDA ON-097 - 4800W - 110V</t>
-[...11 lines deleted...]
-    <t>RADIO MEGASTAR RX-17BT - AM/FM - USB - BLUETOOTH</t>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F108 - BATERIA - USB - SD - BLUETOOTH</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>PC MOUSE SATELLITE A-35G - SEM FIO</t>
-[...74 lines deleted...]
-    <t>Maq.Corta Cabelo/Barba</t>
+    <t>GRAVADOR DE VOZ  SONY DIGITAL ICDPX470 - 4GB - 1073HORAS - USB</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f4e9a0aa2c9f1e05550c4a57fc615e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3e71a69db66bfb41c8a6449a91f59e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2534731eb03878390eff438fb31e350a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba532299fc67171c2be5a839e8d67e7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b5bc400b1c875480ab2c77a32ae92f9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d79223028c97eebcdc86dc2539a510f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e732df671715b939c81371b50330fa8f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f85611815d0c6d47314cf862da00642.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2ca59619f8687be791b75b4998ae76.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71e002ddb14154132b1153c97391d6d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f9aa29b7b74f4a6aaeb4a836d67226.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d31815a0a692cd836a28ff4ec751d462.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9ad28f1961d1468abb0fc7b9a6c4176.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0821aab885ec7e863fc5ceee4a0e1ec8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30abc02181a106dc83f5cb30256a9bd5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e333dc6c8a02ba4f5f2fcd8aac3d43.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7c068213e1f35effc82c0fd9d5e3da.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062afa8b4af1efc017120d7fcbcee7e3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604b90d5559fbc6e419f2bb44429d365.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f88d96afcbaf722ff545b0c1218ea44.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b71df2da76f1cd13070153bfd07bf7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54a7877d9c08d4da954f40751e22eb5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6b094b85cac8038b909bee9a6098cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6835acb9447fd622f36f7b1b22ebaf16.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf0ff786c8fc4d564ebb39a02f57e33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c408b59aee5cc02b24184b207930a383.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3e2df2ea7de0eb0c4645ce7e0bfc00.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea50786bb792e87379d06ae2cdaebc8a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0aa7f61f718a4bb24e5dcdaf4895225.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ddbdda122d030da5d631006ca78af.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9234ce6b43097f1510cae118f90b5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7016c4dcc2dabb83a60941c519ce1243.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371fcbf291525cbd643ee45c18d721cf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbec4422b680554f23e5dde7a7d34f7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33a9750c2d147ed47abe531728d54ba.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7d2e4f849c8e7afcd30917b9f00e77b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee48b698d2b2d5e0dc667a22f99485e7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d20ccb3388b93b36af17840020c36cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb22d08b7682b298c24687d76e07462.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca591ec946b2602b3db9b5dda04f1cc8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>338523</v>
+        <v>353519</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>338745</v>
+        <v>353526</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>340472</v>
+        <v>353618</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>341349</v>
+        <v>353953</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>1.95</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>341486</v>
+        <v>354288</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>14.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>343121</v>
+        <v>354295</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>343138</v>
+        <v>356541</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>343602</v>
+        <v>356558</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>346320</v>
+        <v>356565</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>346405</v>
+        <v>357852</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>346474</v>
+        <v>358026</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>18.9</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>346498</v>
+        <v>358866</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>346504</v>
+        <v>359252</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>136.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>346511</v>
+        <v>360500</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>18.9</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>347587</v>
+        <v>361194</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>29.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>350969</v>
+        <v>361491</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>41.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>352055</v>
+        <v>363686</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>80.0</v>
+        <v>53.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>352062</v>
+        <v>363785</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>352390</v>
+        <v>364607</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>6.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>352437</v>
+        <v>365734</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>18.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>