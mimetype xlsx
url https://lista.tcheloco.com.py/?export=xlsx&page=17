--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,200 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 18:23</t>
+    <t>Lista gerada no: 30/03/2026 19:59</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 8600W/220V - PRETO C/PINK</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2226  USB/SD/FM/BLUETOOH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-GB110 - COM BINA - PRETO 2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-601PET - 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 110V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2228 - USB - CARTAO SD - BLUETOOTH - RADIO FM</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - AZUL</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>KOLKE</t>
   </si>
   <si>
     <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - BRANCO</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM ROSA</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...4 lines deleted...]
-  <si>
     <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>FONE ECOPOWER EP-H126</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>FONE ECOPOWER EP-H125</t>
   </si>
   <si>
     <t>KIT DVR TUCANO - 8 CANAIS - 4 CAMERAS</t>
   </si>
   <si>
     <t>Kit DVR</t>
   </si>
   <si>
     <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
   </si>
   <si>
     <t>PNEU BIKE ARAME PIRELLI - SC-MBII - 26X2.00</t>
   </si>
   <si>
     <t>Esportivo</t>
   </si>
   <si>
     <t>PIRELLI</t>
-  </si>
-[...61 lines deleted...]
-    <t>Ferros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b71df2da76f1cd13070153bfd07bf7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54a7877d9c08d4da954f40751e22eb5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6b094b85cac8038b909bee9a6098cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6835acb9447fd622f36f7b1b22ebaf16.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf0ff786c8fc4d564ebb39a02f57e33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c408b59aee5cc02b24184b207930a383.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3e2df2ea7de0eb0c4645ce7e0bfc00.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea50786bb792e87379d06ae2cdaebc8a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0aa7f61f718a4bb24e5dcdaf4895225.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ddbdda122d030da5d631006ca78af.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9234ce6b43097f1510cae118f90b5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7016c4dcc2dabb83a60941c519ce1243.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371fcbf291525cbd643ee45c18d721cf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbec4422b680554f23e5dde7a7d34f7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33a9750c2d147ed47abe531728d54ba.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7d2e4f849c8e7afcd30917b9f00e77b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee48b698d2b2d5e0dc667a22f99485e7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d20ccb3388b93b36af17840020c36cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb22d08b7682b298c24687d76e07462.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca591ec946b2602b3db9b5dda04f1cc8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7da9d499755b76bf8429bb73a503b2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8acbfb0dfc7c73293fc1be90ecd5fb99.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6775bebce87eceab33a45352c2f1e1b0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c4612b6eb8ebe0b5ac53652cf4ffdd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98befc19a1269212fdfbdca7770a3cc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b27a4f51b56cda194b55e89a66665f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba8e9423a8428a0e70f036fdaf88cbe7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2bd6152637149f2b0374d4101ece102.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cab19db280428982359cb1c5ec890ec9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea64c5ca2252825d6fcc7e1c3c42cbb3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af78f2a5dbdf3903f0dc600daabe494.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9b058d52aa1358e0da1d6e49011d65.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a13e0755ed7005da6b8d46ef85c488.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ef6e73ad523ded59e90f77365a315b6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee4330ebd4eb24c8c5cea08c55f00641.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6abf1242c8e99b49292e0db946adf68.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8379feab781fd26d871b7a83ede5883e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fcda09eea0d093c01a5278534962f18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de60a24587b76203e279c97af1248e2c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af72f3bb353b2ecafce0f268d9a981c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1143,415 +1134,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>353519</v>
+        <v>346528</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>353526</v>
+        <v>346535</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>353618</v>
+        <v>347587</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>18.9</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>353953</v>
+        <v>350969</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>354288</v>
+        <v>352390</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>1.6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>354295</v>
+        <v>352437</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>1.6</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>356541</v>
+        <v>352444</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>94.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>356558</v>
+        <v>352451</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>356565</v>
+        <v>352468</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>357852</v>
+        <v>352703</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>358026</v>
+        <v>353519</v>
       </c>
       <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>35.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>358866</v>
+        <v>353526</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>359252</v>
+        <v>353618</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>5.25</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>360500</v>
+        <v>353953</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>29.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>361194</v>
+        <v>354288</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>361491</v>
+        <v>354295</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>363686</v>
+        <v>356541</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>53.6</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>363785</v>
+        <v>356558</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>364607</v>
+        <v>356565</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>365734</v>
+        <v>357852</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>18.75</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>