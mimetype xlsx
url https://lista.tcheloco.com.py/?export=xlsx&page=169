--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,200 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 06:47</t>
-[...5 lines deleted...]
-    <t>Ferramentas</t>
+    <t>Lista gerada no: 12/02/2026 23:38</t>
+  </si>
+  <si>
+    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>TRIANGULO DE SINALIZACAO OM-18870</t>
-[...8 lines deleted...]
-    <t>ESCOVA KIT 5 EM 1 ONIDA ON-7070 - 110V</t>
+    <t>RADIO CAR ECOPOWER EP-8749 - AND/BT/USB/9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR ELETRICO RAF R.6230 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>CHALEIRA ELETRICA RAF R.7230 - 5L - 220V/50/60HZ</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>PANELA PARA FAZER MACARRAO RAF R.5476 - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>BATERIA 9V MAXDAY -  CAIXA 10 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R14 - USB/TIPO-C</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV919 - LILAS</t>
+  </si>
+  <si>
+    <t>ESCOVA COM SECADOR MULTILASER EB116EU - 220V</t>
   </si>
   <si>
     <t>Escovas Alisadoras</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...56 lines deleted...]
-    <t>Triciclo eletrico</t>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR MULTILASER CE077EUR - 100W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BIGSTAR BSP-3015-S POWER - 350W - 220V</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI MI MBC27 - C201</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI PB2020MI - 20000MAH - CINZA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 WADFOW WJX2K32 - 5 PCS</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO FOSTON X3 PRO - PRETO - 10.400MAH - S/G</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
-    <t>SPEAKER MEGASTAR HYJ802BT 8"/ USB / BLT / 1 MIC / A BATERIA RECARREGAVEL</t>
-[...38 lines deleted...]
-    <t>MOCHILA PARA NOTEBOOK SATE A-KP4041 - 15.6"</t>
+    <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>ECOLINK</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR RF-01 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>HD TOSHIBA S300 HDWT720 - SURVEILLANCE - 2TB - SATA3</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f18bedb6223e1586102c612f4e0342c4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aff917d902ba02d94ec6af5e4d83d52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3400cca73478ce52f1e1c36892c1eb01.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/505b360dfa0daee84c53cf61116f5684.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe9e36d69866654fcd36e935aa26ba0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/696989aa6678381f366118928498cc60.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d3e0fb44c73675ed3eeeacc93eec23.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a7e68890622797c19bd4476f407233.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57088da2bc509f4c950af118ced5cb11.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c750ac85a6bac6f6a8927479821f520d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e546f3c6f827239bbb72238fdaf09b5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f00c938311c308d389eaa4daeddee2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da1e265e252e5549adc980e9a4cf387.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74b21992031bed35d5841c3d3faf25a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e25707142928c6464dd00ab8d3f76e6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7836408788aaed8bf361493aefb5f02.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d42f56742f746520a7d135cbee2384.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7293c74b3fa536b78441b0fe915717c6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f04168f0ba8d24e29031cb007634d7d1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d3cc7da7e858f1f613cfe59806a3199.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9152e789a28210dd5af1527643f66f0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5db7e8ff4d4fc3349a996ea01dfb3f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b025daa4cd6a59acf6f2339e744b7fbe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750d024764ec989db918c24f7e1ce77.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03fcccbac46d5649265e78518144cb9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a879920291be1d441ffc8944bd806be0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f24cd994a1c586a60db1b1e2dac8005.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91dbfc227f3781c494797b9d16b8d6b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a09f7e996de4a9d2a460e066bddf27.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db995671cdd3d1e33b2a58dcb3dcfdb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2708cb1f116910c8fa5fc18b7573a519.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7060f5c86fd60104a5c24abafc678695.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f6a008dc3ed32e5eae9a6e9c6a6dd9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8813afb81c3cc4ecf26042b740bac47.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e005db637598ee4bd87943c512507f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa22eb535aa93cc2c2128e596391393.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9ab83268fef7cb0740b2da80fee2b8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebac94f366571b344a60581fe4340c3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4eaf7ce9c3e590085087cc1bd2a7de.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db261051e6c42a6d99690f73c4991e0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569002</v>
+        <v>579360</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569040</v>
+        <v>579377</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.5</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569057</v>
+        <v>579391</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569095</v>
+        <v>579407</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>42.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569101</v>
+        <v>579414</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>26.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569118</v>
+        <v>579438</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>21.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569125</v>
+        <v>579445</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>24.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569149</v>
+        <v>579452</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569156</v>
+        <v>579476</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>23.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569170</v>
+        <v>579483</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>490.0</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569187</v>
+        <v>579506</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>625.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569200</v>
+        <v>579520</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569293</v>
+        <v>579537</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>158.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569316</v>
+        <v>579544</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>48.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569323</v>
+        <v>579551</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569354</v>
+        <v>579568</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569361</v>
+        <v>579575</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>17.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569378</v>
+        <v>579582</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>16.25</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569385</v>
+        <v>579599</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>12.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569408</v>
+        <v>579612</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>72.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>