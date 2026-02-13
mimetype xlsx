--- v1 (2026-02-13)
+++ v2 (2026-02-13)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 23:38</t>
+    <t>Lista gerada no: 13/02/2026 00:59</t>
   </si>
   <si>
     <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>RADIO CAR ECOPOWER EP-8749 - AND/BT/USB/9"</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9152e789a28210dd5af1527643f66f0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5db7e8ff4d4fc3349a996ea01dfb3f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b025daa4cd6a59acf6f2339e744b7fbe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750d024764ec989db918c24f7e1ce77.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03fcccbac46d5649265e78518144cb9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a879920291be1d441ffc8944bd806be0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f24cd994a1c586a60db1b1e2dac8005.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91dbfc227f3781c494797b9d16b8d6b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a09f7e996de4a9d2a460e066bddf27.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db995671cdd3d1e33b2a58dcb3dcfdb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2708cb1f116910c8fa5fc18b7573a519.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7060f5c86fd60104a5c24abafc678695.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f6a008dc3ed32e5eae9a6e9c6a6dd9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8813afb81c3cc4ecf26042b740bac47.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e005db637598ee4bd87943c512507f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa22eb535aa93cc2c2128e596391393.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9ab83268fef7cb0740b2da80fee2b8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebac94f366571b344a60581fe4340c3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4eaf7ce9c3e590085087cc1bd2a7de.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db261051e6c42a6d99690f73c4991e0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c77be4879a46280b0ff8ad0cf7bc678.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de2f217127fe6ea4575a19af8bef6e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33cf3d92ce397ca5f0557fcd988762f4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca54eaa75fb80c7b31f1019feae18f02.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe40cdd86b5a6a6c0c4621c46bb1cb47.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b14535139086e35ecc769edf9a1fdafc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e0daf32367be45d85b921618cb7354.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6544d8e5376b410385955a000e455e0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e226d8d553eadf2d147f3e7920b834.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8560e043d883dffa0005a671a14c952.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e35d135374da06f47310b0c1373a743.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f1387097eca0b6c1c92e7a1e608bdb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cb65ab724d85b999ffa33a852249b7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7d193fcb8cdec00420826a2e8518d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55a2f85b4a1018b589b5b091e9dbf2d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dcb785b327c69d1c39916d4dd3b3499.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ad7fde1ae9ddb93953e53b18ec9f6e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0bdaa18b2c73a6290fba016faede16.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a65f80fd0b54fd3b129b99bb67158d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36357930a48ddc77f88d7b8e8fb64079.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>