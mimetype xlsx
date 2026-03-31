--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,215 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 00:59</t>
-[...14 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>Lista gerada no: 31/03/2026 04:08</t>
+  </si>
+  <si>
+    <t>CADEADO 75MM SHAN HUA - 20309 - UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA TORRE A03U - 12 TOMADAS - 3 USB</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINERO PORTATIL 17580 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CELULAR BLU TANK II 2.4 T196 - DUAL SIM - PRETO/VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LAMPADA TUBO LED ECOPOWER EP-5904 - T8/2V/25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
-[...2 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>CAMERA HD DAHUA DH-HDW1200TRQP - 2.8M/2MP/INT</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRCCB-2M - USB-C / TIPO C - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R113 - 3M</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA SATE A-WS7705</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8801</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7040 - 1 USB-C - 3.0A - 45W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF167 - 5L - 2 EM 1 - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF168 - 5L - 220V</t>
+  </si>
+  <si>
+    <t>CAMERA VIDEO CAR (DVR) - ECOPOWER EP-8769</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD 2 4G - 11'' - 128GB - 4 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - LUO LU-4987</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>TABLET LUO P29 5G / DUAL SIM / 8.0" / 32GB / COM TECLADO / PRETO</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA RAF R.8064 - 4 BOCAS - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>ESPREMEDOR ELETRICO RAF R.6230 - 220V</t>
-[...113 lines deleted...]
-    <t>TOSHIBA</t>
+    <t>SPEAKER ECOPOWER EP-2279 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c77be4879a46280b0ff8ad0cf7bc678.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de2f217127fe6ea4575a19af8bef6e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33cf3d92ce397ca5f0557fcd988762f4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca54eaa75fb80c7b31f1019feae18f02.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe40cdd86b5a6a6c0c4621c46bb1cb47.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b14535139086e35ecc769edf9a1fdafc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e0daf32367be45d85b921618cb7354.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6544d8e5376b410385955a000e455e0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e226d8d553eadf2d147f3e7920b834.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8560e043d883dffa0005a671a14c952.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e35d135374da06f47310b0c1373a743.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f1387097eca0b6c1c92e7a1e608bdb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cb65ab724d85b999ffa33a852249b7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7d193fcb8cdec00420826a2e8518d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55a2f85b4a1018b589b5b091e9dbf2d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dcb785b327c69d1c39916d4dd3b3499.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ad7fde1ae9ddb93953e53b18ec9f6e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0bdaa18b2c73a6290fba016faede16.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a65f80fd0b54fd3b129b99bb67158d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36357930a48ddc77f88d7b8e8fb64079.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a998afaf04a9dbf4d116473b1376ceb7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88ef1e931a80ea701fbbd22fd34cd67.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0107cf197d5f68f2fcdfb9725d69ddeb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57abe99fb950569f43c87a04ea427cbb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16eb5e8483d2408a77de11280086705.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76cbe4767fba38ea8a45af335c6666a8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf35031f25ad649cbf5dba1ac6eead0c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6574811d425a650005b18f64a6f45c64.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ebf3fb8d827519e1705f2d5dcde86ba.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2590bb7a232a1859401b1d5019065222.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5bf58d4eb86b209d9f52e4e2f1ef6b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94dbfd785318ed3fc210db0eaefb46d7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce41beb5db15b4d6546f18beeca16b9b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45d9739340a677f6d7f0cf6fb7ff3b7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e11bd065c561569dbfb8901daabdefc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652e6ba69bc80989e5e8fa1f4148be62.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0f9ef63cca15c6e5ec33735ff7c00c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb0f9725f0df533e644bd4c7c78df86.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba65c8d9a127a9f266c4e63dc586c92e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc37392410aeb6fefe1fe848d5ed912d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579360</v>
+        <v>581974</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>40.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579377</v>
+        <v>581981</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>72.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579391</v>
+        <v>581998</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579407</v>
+        <v>582001</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>23.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579414</v>
+        <v>582018</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>16.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579438</v>
+        <v>582032</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579445</v>
+        <v>582056</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579452</v>
+        <v>582063</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579476</v>
+        <v>582087</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579483</v>
+        <v>582094</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>9.9</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579506</v>
+        <v>582179</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579520</v>
+        <v>582209</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579537</v>
+        <v>582223</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>24.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579544</v>
+        <v>582230</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>18.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579551</v>
+        <v>582322</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>1.03</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579568</v>
+        <v>582346</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>225.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579575</v>
+        <v>582353</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>135.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579582</v>
+        <v>582384</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>16.25</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579599</v>
+        <v>582421</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>3.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579612</v>
+        <v>582445</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>72.5</v>
+        <v>68.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>