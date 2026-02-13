--- v0 (2025-12-29)
+++ v1 (2026-02-13)
@@ -14,173 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 15:01</t>
-[...2 lines deleted...]
-    <t>WAFFLERA SONIFER SF-6191 - 750W - 220V</t>
+    <t>Lista gerada no: 13/02/2026 00:59</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL PROSPER P-4401 - 3 EM 1 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE2 624 - 6"5 - 40WRMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8151 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F323 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F327 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F324 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.8612 - VERTICAL - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5409 - HOT POT GRILL - 180� - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80006 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 110V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>BARBEADOR HYUNDAI PHT-083 - MINI - REC / 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC - HAVIT KB2008-PB - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>HAVIT</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E120 - WIFI - 3CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL LUO LU-4999 - 12 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
-    <t>SONIFER</t>
-[...92 lines deleted...]
-    <t>LUMINARIA COM SENSOR SATE A-FL403 - 40CM - RECARREGAVEL</t>
+    <t>RCA</t>
+  </si>
+  <si>
+    <t>BF FRITADEIRA AIR FRYER RCA RCAF50B - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>APARELHO GAME CONSOLE PORT�TIL R36S - 3.5"- 64G - 1G - PRETO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT MARS MULTILASER-H041EUR</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -203,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d257f56104b4613857e9dc9a1ea3803a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fb17a4060d6a495d655030a6ea168e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41b846964b7bef988e5838a81859dab.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa2a3d0e873708890d916bde9a17a61.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6021a06fbc628bdda493d1d0918303.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b274b13846aa74001efbb1b12dcc7949.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92837c753eb9f5b25475a3f2b89fc00c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1f08b3a84ddd5b6a2e6d27b37905df.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55c5f1c2399f8784bcb15fa89129666e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2745eeb8ab7b3718078f09474f785c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37bea0afe5aaaf6ba6fb3df0f2317430.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a5f0a0f22757f5f50fb918bf177579.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec3a15af0304f72f12e02c5efe758442.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58239819f81faa2e2655d1b4db5d925e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/167ac51adb33f563cf57ebbf4de27fd1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe67988a8d8d7d47c10c55f5656c93f3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816d3af5897cb96f2808c3301c47e38b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c759397b18319312356bee5e999c92.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a49e4c99fa7ce7992d9032284a0c24.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2673e55ecf4aed515ee18e8a51ca8a13.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5643e1a169043907453963e912accb8d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09747737b0b7da73528b1a5723bf5e58.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087a3d2107df7a76a30da4623ea3b3b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b393aacdcbfd4719dfb524195f2d06c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e07b9d269a053484af9f4c5ab518b0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3595a48dd0e8e61957d917f1d27448e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee9b0ba2e0cfb4639fd0b25e4754770.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7b8525aa9060195331c22b85d0af5d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67b814195c1a114b74e45bd20f60856.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a98560b15a80dcab2ea8a808d467bd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99949483391c5395fc6a11dc52e947d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/426c24ea8403ee8d7f80e70a9e9771d7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e890927e86d0fca7fdaca16c4d7a33.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd47051b9bc2f481f362008b6904d32.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300c701d7610e294504049c56ba8e5f3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7fcfb3388a39c0086743f41f89e2fc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f138c2831e14828005381246cd2d66.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f265b62570ea0e7225f201a584620425.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cbb2fa54b90c3836752957d631da4c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f23cbf88050140e25a29e3f969819118.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1114,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575539</v>
+        <v>579056</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575546</v>
+        <v>579063</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575607</v>
+        <v>579070</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>3.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575638</v>
+        <v>579087</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575645</v>
+        <v>579094</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575690</v>
+        <v>579100</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>67.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575706</v>
+        <v>579117</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>3.8</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575720</v>
+        <v>579124</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575744</v>
+        <v>579148</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575751</v>
+        <v>579155</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575768</v>
+        <v>579179</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>25.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575775</v>
+        <v>579193</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575812</v>
+        <v>579209</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575843</v>
+        <v>579216</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>18.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575850</v>
+        <v>579223</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>28.75</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575867</v>
+        <v>579247</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>19.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575911</v>
+        <v>579261</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575928</v>
+        <v>579278</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>3.9</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575935</v>
+        <v>579315</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>4.9</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575942</v>
+        <v>579339</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>4.9</v>
+        <v>49.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>