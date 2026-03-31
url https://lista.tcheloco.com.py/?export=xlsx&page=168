--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,215 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 00:59</t>
-[...32 lines deleted...]
-    <t>Lanternas P/Cabe�a</t>
+    <t>Lista gerada no: 31/03/2026 04:22</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-20 - 110V</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-I24ABW - 24000BTU - 50HZ COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-INV30ABW - 30000BTU - 50HZ/60HZ/ INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-990 BARBA/CABELO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A36 5G (A366E) - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>TV 32" HYE SMART LED HYE32ATHQ - QLED/SMART/AND 14</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2286 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA PARA CABE�A ECOPOWER EP-8151 - RECARREGAVEL</t>
-[...53 lines deleted...]
-    <t>TECLADO PARA PC - HAVIT KB2008-PB - USB/PORTUGUES</t>
+    <t>TECLADO PARA PC SATE AK-962 - USB/ESPANHOL</t>
   </si>
   <si>
     <t>Teclados</t>
   </si>
   <si>
-    <t>HAVIT</t>
-[...44 lines deleted...]
-    <t>MULTILASER</t>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC SATE AK-961 - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>HD SSD IMPERIUM X10 - 512GB - 2.5'' SATA SSD</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>IMPERIUM</t>
+  </si>
+  <si>
+    <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8757 - BT/USB 10.33"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8741 - BT/USB/ 10.1"</t>
+  </si>
+  <si>
+    <t>TELA CAR ECOPOWER EP-8754 BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>TV SMART 32'' SUNLIGHT - 22000 - 4K UHD</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HEIKO 18000BTU - 220V/60HZ - Q/F</t>
+  </si>
+  <si>
+    <t>HEIKO</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - PRATA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - CINZA</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO VIII / 32GB / KIDS / NARANJA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8777 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5643e1a169043907453963e912accb8d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09747737b0b7da73528b1a5723bf5e58.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087a3d2107df7a76a30da4623ea3b3b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b393aacdcbfd4719dfb524195f2d06c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e07b9d269a053484af9f4c5ab518b0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3595a48dd0e8e61957d917f1d27448e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee9b0ba2e0cfb4639fd0b25e4754770.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7b8525aa9060195331c22b85d0af5d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67b814195c1a114b74e45bd20f60856.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a98560b15a80dcab2ea8a808d467bd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99949483391c5395fc6a11dc52e947d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/426c24ea8403ee8d7f80e70a9e9771d7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e890927e86d0fca7fdaca16c4d7a33.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd47051b9bc2f481f362008b6904d32.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300c701d7610e294504049c56ba8e5f3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7fcfb3388a39c0086743f41f89e2fc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f138c2831e14828005381246cd2d66.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f265b62570ea0e7225f201a584620425.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cbb2fa54b90c3836752957d631da4c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f23cbf88050140e25a29e3f969819118.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d542bf078e29c0381f3fa576b514a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5bc24ff11e0d0d09fde84c002714e4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a05eb789665e170103074f18ef9d119.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b0b305e6cd7659f7da336db90a75d5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db4ce345469808f8743f237e8061c61.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4c5cd2da21e160f1e244a568f1371d2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec3c08a0278002c953b39c64196573e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08500f33693401aeb2c3b0e472db7f15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018b58339e2927f0b2116481095efb2c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99829a98592ecab3f17e3452a00c4290.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf14843e6229b0e68d5f528e6863e575.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515190d27ac272d60f29b41bf6fd7682.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc8af0769871c39f9b4b6f3d4e739943.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85619fa0f5b8beb91f9f989f58e3c404.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c938a6f470a399685a9c1c973b7e5d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33367478abd6939d458c6efd9effb004.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e51b22f573ac2f306049ae08f4395d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02cbf96d3ba5fcc50cfc16ff64bc304.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b976993c325e3f5d3d4e8c4e5e8c7e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240da5f2fb672fff0cead9011653e713.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579056</v>
+        <v>581509</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579063</v>
+        <v>581547</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>30.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579070</v>
+        <v>581561</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>22.9</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579087</v>
+        <v>581585</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579094</v>
+        <v>581639</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.5</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579100</v>
+        <v>581653</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>91.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579117</v>
+        <v>581691</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579124</v>
+        <v>581714</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579148</v>
+        <v>581721</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579155</v>
+        <v>581738</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>35.5</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579179</v>
+        <v>581752</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>73.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579193</v>
+        <v>581783</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>305.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579209</v>
+        <v>581790</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>19.5</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579216</v>
+        <v>581806</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579223</v>
+        <v>581813</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579247</v>
+        <v>581899</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>19.5</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579261</v>
+        <v>581912</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579278</v>
+        <v>581929</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" t="s">
         <v>46</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>29.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579315</v>
+        <v>581943</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F20" s="3">
         <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579339</v>
+        <v>581950</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>49.9</v>
+        <v>32.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>