--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -14,209 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 04:22</t>
-[...2 lines deleted...]
-    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-20 - 110V</t>
+    <t>Lista gerada no: 31/03/2026 06:02</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2286 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC SATE AK-962 - USB/ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC SATE AK-961 - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>HD SSD IMPERIUM X10 - 512GB - 2.5'' SATA SSD</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>IMPERIUM</t>
+  </si>
+  <si>
+    <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8757 - BT/USB 10.33"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8741 - BT/USB/ 10.1"</t>
+  </si>
+  <si>
+    <t>TELA CAR ECOPOWER EP-8754 BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>TV SMART 32'' SUNLIGHT - 22000 - 4K UHD</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HEIKO 18000BTU - 220V/60HZ - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HEIKO</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - PRATA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - CINZA</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO VIII / 32GB / KIDS / NARANJA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8777 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CADEADO 75MM SHAN HUA - 20309 - UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA TORRE A03U - 12 TOMADAS - 3 USB</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINERO PORTATIL 17580 - BIVOLT</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>ELECTROBRAS</t>
-[...128 lines deleted...]
-    <t>Cameras Automotivas</t>
+    <t>CELULAR BLU TANK II 2.4 T196 - DUAL SIM - PRETO/VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LAMPADA TUBO LED ECOPOWER EP-5904 - T8/2V/25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d542bf078e29c0381f3fa576b514a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5bc24ff11e0d0d09fde84c002714e4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a05eb789665e170103074f18ef9d119.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b0b305e6cd7659f7da336db90a75d5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db4ce345469808f8743f237e8061c61.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4c5cd2da21e160f1e244a568f1371d2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec3c08a0278002c953b39c64196573e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08500f33693401aeb2c3b0e472db7f15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018b58339e2927f0b2116481095efb2c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99829a98592ecab3f17e3452a00c4290.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf14843e6229b0e68d5f528e6863e575.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515190d27ac272d60f29b41bf6fd7682.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc8af0769871c39f9b4b6f3d4e739943.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85619fa0f5b8beb91f9f989f58e3c404.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c938a6f470a399685a9c1c973b7e5d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33367478abd6939d458c6efd9effb004.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e51b22f573ac2f306049ae08f4395d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02cbf96d3ba5fcc50cfc16ff64bc304.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b976993c325e3f5d3d4e8c4e5e8c7e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240da5f2fb672fff0cead9011653e713.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a51aa1f4d9cda9aeb3026109a70be6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd237d0f5bd7935cbf2f0b87caacc8c4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde9688e48155c0be221f4e75d056881.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a743eb7cda09e2f1c4d8eea5c53e9e3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d634ba91e7a1b698085582677677938.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/215462795b051684ec61f777dadeb8ff.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78535e223906e48083e599c1e5ad943e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461a05e2a719c96b8365b7f385b69a93.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0c21e5cac91cc7c631eb9c40c08ec.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa4ebd6a455795908e60abadf14b521.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52ba9829b85eb6494ab9e8661292e0d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e693f8985d10896b027b7bad8e196458.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a123face0c06bad809d8f82057c779c0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b5b9d79f5ee9acbf7b9f2ac393a50b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a41755b146ba72d562b58ebba4e9d6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056cbb28238b273be57dd74006440809.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e444c3f32198dc5ff8b5411de291db.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df9ed129537fa778aa950caa0b22cc1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de6cf1bb6024980e1a319dc56389e433.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbaa86ccf08829706e6ea79f337911d1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="96.691" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581509</v>
+        <v>581691</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581547</v>
+        <v>581714</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>505.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581561</v>
+        <v>581721</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>750.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581585</v>
+        <v>581738</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581639</v>
+        <v>581752</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>267.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581653</v>
+        <v>581783</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>91.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581691</v>
+        <v>581790</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>48.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581714</v>
+        <v>581806</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>581721</v>
+        <v>581813</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>581738</v>
+        <v>581899</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>67.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>581752</v>
+        <v>581912</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>14.5</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>581783</v>
+        <v>581929</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>62.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>581790</v>
+        <v>581943</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>72.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>581806</v>
+        <v>581950</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581813</v>
+        <v>581974</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>84.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581899</v>
+        <v>581981</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>385.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>581912</v>
+        <v>581998</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>44.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>581929</v>
+        <v>582001</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>44.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>581943</v>
+        <v>582018</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>35.0</v>
+        <v>16.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>581950</v>
+        <v>582032</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>32.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>