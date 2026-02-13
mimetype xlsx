--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,200 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 10:01</t>
-[...5 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 13/02/2026 02:34</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2744</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-1923 / USB / SD / FM / BLT</t>
-[...5 lines deleted...]
-    <t>Jarras Eletricas</t>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2745</t>
+  </si>
+  <si>
+    <t>VENTILADOR FS-40 COLUNA - 3 VEL - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14N - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14R - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SA22415 - 30CM</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>PANQUEQUEIRA RAF R.5209 - 20CM - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR COM SPEAKER - EWTTO ET-P1480</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>EWTTO</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED BAK BK-55G 4K/DGT/GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8695 / 4MP+4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA TUCANO GUN TC-697 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS RAF R.0073 - 220V</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR RAF R.936 - 220V</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>ESCOVA 3 EM 1 ONIDA ON-383 - BIVOLT - PRETO-VERMELHO</t>
-[...104 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>CELULAR IPRO F189 / 2 SIM / 4 BANDAS / (SOS) / PRETO/VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>VASO MAGNETICO FLUTUANTE SATE A-F30</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-502 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>BATEDEIRA SONIFER SF-7037 - 3.5L - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL SONIFER SF-7002 - 220V</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6074 - 1500W - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72afdf61ae771f6573d6fedbd37b7ffa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e45df576d3fb582d00558f3afddf03.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d8ed55f80cc1213649fe5e6682a63c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c06a4fc86348aaa000d114d8e0b20ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a33ba886272b0cb03bfb5e5f60a5258.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85c457d814134512911e96a1cdbf01c9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693c2e6e9f3f4654992fd83ee85fd363.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de1be5b3313956867f153e01e5de9ac2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f043845b5b1095eddfe353d3a656f72.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c16f2b6282ac00e16f9012e8006565e2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7905c8a50530307d1fe60a96435b6f4e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/806e68a83278a1c21cd6d03e459fc622.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c1dc4c9664b905334bbea50bf8255a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc02745f295a29d860558667b702cec7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6423de395a691da3ed9bef7a42153699.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1becd487695c325db164a3a67c7e5377.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ce7c50d838875161857ceb2a0fee51.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc84fd1e2de5d14ddbcc9f6cb7623b15.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97fd20b51e1b4b9551e9b7c5fbecdee.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b99c4a840ccecb45a3f8bd2d938b1e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bc93e01edd4c3131c66024b3237a6f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6949353d9e9e659f49dcdab0122714.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689c019bfb483901dfc68fdbe3071682.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a710fe30b624f6a25efa1585abd812a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c24b4b13d0e9da3bd3f6dbc7b3b645.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93552a58ef86212bc1b8c8080b70f233.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f4834b923bfcce165f25992e84e1bfa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b0de53811adf4a98e7559b6105de14.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05993ebc993e25034ca48dbf8c0f1cf3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f277c079246151efbc4c3db1be0f3b84.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47d6452bad1a3af6708be0cb6cedc5ed.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c10ef1ac92c8822b0b08175706c6256.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9c5beb152e1de086161bbdc2c3ad17.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c1056c65944bc04b3858896ecfe790.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69ed987a957180ac0b988df02892899.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ea78d938405372997f7092bf498d9bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0477c7c186edfb9fb5a697e76b699c3b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57d52fb6754084cf941d8e99d82b147e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50418ffd5dc02a1b4e868b17a9677d75.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c776d8ac99b9045c3c6e98c0396022de.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567695</v>
+        <v>578431</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>35.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567701</v>
+        <v>578448</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>42.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567725</v>
+        <v>578479</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567749</v>
+        <v>578486</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567756</v>
+        <v>578493</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567794</v>
+        <v>578530</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567831</v>
+        <v>578554</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567848</v>
+        <v>578578</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567855</v>
+        <v>578592</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567862</v>
+        <v>578615</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567909</v>
+        <v>578639</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>17.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567916</v>
+        <v>578653</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567930</v>
+        <v>578660</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>175.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567947</v>
+        <v>578677</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>52.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567954</v>
+        <v>578684</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567978</v>
+        <v>578707</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>79.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567985</v>
+        <v>578721</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568036</v>
+        <v>578745</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>23.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568043</v>
+        <v>578752</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568050</v>
+        <v>578769</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>35.0</v>
+        <v>23.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>