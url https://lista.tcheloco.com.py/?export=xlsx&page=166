--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,212 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 02:34</t>
-[...116 lines deleted...]
-    <t>Diversos</t>
+    <t>Lista gerada no: 31/03/2026 06:20</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP27 - 12X59.5CM</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MOUSE PARA PC SATE A-502 - USB - PRETO</t>
-[...5 lines deleted...]
-    <t>BATEDEIRA SONIFER SF-7037 - 3.5L - 220V</t>
+    <t>LED  MATRIX PAINEL SATE A-MP32 - 30X20.0CM</t>
+  </si>
+  <si>
+    <t>BARBEADOR PORTATIL XO CF32 - 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA NOBEL NH-30356 - 500ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA NOBEL NH-30357 - 750ML</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 110V</t>
   </si>
   <si>
     <t>Batedeiras</t>
   </si>
   <si>
-    <t>SONIFER</t>
-[...5 lines deleted...]
-    <t>GRILL SONIFER SF-6074 - 1500W - 220V</t>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA MOX MO-HT189 - 189 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR QYLAR QY-2216 CERAMIC - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR QYLAR QY-2216 CERAMIC - 110V</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA QYLAR QY-0903 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MIXER 3 EM 1 QYLAR QY-1713 - 400W - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MIXER 3 EM 1 QYLAR QY-1713 - 400W - 220V</t>
+  </si>
+  <si>
+    <t>PROCESSADOR QYLAR QY-2013 - VIDRO - 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER QYLAR QY-0206 - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SECADOR QYLAR QY-0419 - DRY STYLE - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR QYLAR QY-0419 - DRY STYLE - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-4004 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SOPRADOR LUO LU-F2214 REC/TURBO/MINI</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>TERMICA RODAX AR-750 - 1L</t>
+  </si>
+  <si>
+    <t>RODAX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bc93e01edd4c3131c66024b3237a6f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6949353d9e9e659f49dcdab0122714.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689c019bfb483901dfc68fdbe3071682.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a710fe30b624f6a25efa1585abd812a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c24b4b13d0e9da3bd3f6dbc7b3b645.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93552a58ef86212bc1b8c8080b70f233.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f4834b923bfcce165f25992e84e1bfa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b0de53811adf4a98e7559b6105de14.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05993ebc993e25034ca48dbf8c0f1cf3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f277c079246151efbc4c3db1be0f3b84.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47d6452bad1a3af6708be0cb6cedc5ed.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c10ef1ac92c8822b0b08175706c6256.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9c5beb152e1de086161bbdc2c3ad17.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c1056c65944bc04b3858896ecfe790.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69ed987a957180ac0b988df02892899.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ea78d938405372997f7092bf498d9bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0477c7c186edfb9fb5a697e76b699c3b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57d52fb6754084cf941d8e99d82b147e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50418ffd5dc02a1b4e868b17a9677d75.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c776d8ac99b9045c3c6e98c0396022de.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86419cf42797acaeaa696aee3653c69.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a364861caf1628185d54c091f9b09b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6731373877fa317af74f58959847e213.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e598204fcde11fe4207ef27ba82abdd7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65bef499881e49f8a67e983e4c9b1edf.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c17c6d0ecdcb691e323f6b1dcd1e3d71.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773d7ea9759a347ed01ed3913c2ed9db.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f745771dbf8074774a827b80e57f8b1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7779c257d0cc876746c66694f6f1f488.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d40d23a929a7e47d597f1ec7ff1cf7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd13119ace8c16cdba94f9c10ff7dfd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95fa51ee185c4600f408b068e93fd246.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd113346ccaab1d321a38a660595ff9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d653b9f4c14e7394ef427bd16864cdc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09f9bd353493cbc16de8ce5ccfee8f0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/173481d687471601f4a639a5a371d828.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cd22fd101964af633ced2ff1067f466.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237a43970a1a140dc063e02846ccc50.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4217f1eb8463b21ed9520aa68e9997.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db056eda969f14715dbadeb64be00342.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578431</v>
+        <v>580915</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578448</v>
+        <v>580922</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578479</v>
+        <v>580991</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578486</v>
+        <v>581004</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>22.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578493</v>
+        <v>581011</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578530</v>
+        <v>581035</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>6.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578554</v>
+        <v>581042</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>13.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578578</v>
+        <v>581097</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>5.75</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578592</v>
+        <v>581134</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>280.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578615</v>
+        <v>581141</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>19.75</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578639</v>
+        <v>581158</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578653</v>
+        <v>581165</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578660</v>
+        <v>581172</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>60.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578677</v>
+        <v>581189</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>125.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578684</v>
+        <v>581202</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>11.9</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578707</v>
+        <v>581219</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578721</v>
+        <v>581226</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>3.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578745</v>
+        <v>581240</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>32.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578752</v>
+        <v>581257</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
         <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578769</v>
+        <v>581264</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>