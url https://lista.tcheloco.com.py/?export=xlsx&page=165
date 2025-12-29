--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,197 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 10:02</t>
-[...17 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>Lista gerada no: 29/12/2025 17:00</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E2101 2 SIM / 4 BANDAS / AZUL</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E6808 2 SIM / 4 BANDAS / 4G / AZUL</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR 12V - LUO LU-F2219</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO MD-D05 - 8600W - ION - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO MD-D05 - 8600W - ION - 220V</t>
+  </si>
+  <si>
+    <t>MINI GRAVADORA DE VOZ GPX-MX425 - 8 GB - 2160 HORAS</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>GPX</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA MEGASTAR TM19 / 1.5L + CUIA/BOMBA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC SATE AS-92008B - BT/AUX/RGB</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC SATE AS-92007B - BT/AUX/RGB</t>
+  </si>
+  <si>
+    <t>BALAN�A BAGAGEM GANCHO SUNLIGHT 13326 - 300KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8774 / BT / USB  / 10.1"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C816 - 12000MAH</t>
-[...47 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>RADIO CAR ECOPOWER EP-6997 / BT / SD / USB / 10"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7014 / BT / USB / 10.1"</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1802</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1801 - BLT - LED</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H170 / BLUETOOTH / ARCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX M98-M5 - 4K ULTRA HD - 128GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SECADOR MOX MO-HD4002 / 4000W / 220V</t>
-[...47 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>FERRO A VAPOR BRITANIA BFE1000AZ - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>VENTILADOR BRITANIA BVT400 - 40CM - 6 LAMINAS - MESA - 220V</t>
+  </si>
+  <si>
+    <t>MIXER SONIFER SF-8158 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f771551cb753e1aa640c634fa457f7a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a726c4320a9158af1a1b52c9681818.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5c7ff7d8afeb06f924755f96ee4dea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7933e45eb5b052fabd7d0ddd3915b601.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a3f2ac5d8e1b4d3b2112b90df0f52b9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2ece9a999c924c4164054fc28d9b087.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2ba6998ada9b24abb216f210fd6301.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d888063b6bfcf27ca1fd6e5f3558c07.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff6586653da39431641b3144a7df5cd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f006b4cedb7dca708798744796954cf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf873fcd728b56cfcd627ce5c89862aa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a17964ad9e85dbb5223c285685d0945.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a05938a2476fcaf41a8ed0469e6b86e8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2da5054cefb8aca5b8a77eea7a8ad138.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88be6a8b2cf6b930a4b65c3a2fc53128.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df475875490ac4ffe50f00eab266cbce.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e4fd76629ffa7f0f358f8d2c2801cab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0a0a0a65569559fe717d84eddcfd66.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97abd23618ddd0a5c0acbe4e53c4a0d8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f356634af540e2006a63cd2867c4f2f5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a98cbd9883b4b1c8778e9dee097d168.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e58b961d0e57537183e845511d69fc0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d033cef50428935e7cf5e47c11cab760.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443a9101d30ae34e240c14277f85629b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68de95f1680a35bd737d86b5fdae49b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d5bed839435faf1fb07abb64b6c71a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7802a4b95c4ebbdb3af80d9ac68606f2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9c51aec6459dcf9ab5d8dac63f3e14.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3ced242de085c7593bd2ba8745f72c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8fd177c6380a471b665b76923183b7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2cafb2b55f38375a29fd6b3be95582.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3203dcf9d57a8de9197f4a93bf9ed204.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728dc3d7e67130ef0d0baea6d0384d53.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819bcd29aabf6b39fd5bc5536ff9842b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49455178aa486b982a30f7e207909e62.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d3e4a9857859e888c7fb5ec0312f24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067db1679b2ad9bf4de59943d5827374.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d20af70d5bc5c9b68a8ce62b0347511.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8dd46637bd66a5741ae7cb3f7d39ef0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d9b23f5c318f45066e27e77a471fb4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567350</v>
+        <v>574303</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567367</v>
+        <v>574310</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>35.0</v>
+        <v>27.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567398</v>
+        <v>574341</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567404</v>
+        <v>574365</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567411</v>
+        <v>574372</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567428</v>
+        <v>574396</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567435</v>
+        <v>574402</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567442</v>
+        <v>574419</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>133.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567466</v>
+        <v>574426</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>32.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567480</v>
+        <v>574433</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>199.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567497</v>
+        <v>574471</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>28.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567527</v>
+        <v>574488</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567534</v>
+        <v>574495</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>33</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>7.75</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567541</v>
+        <v>574501</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567565</v>
+        <v>574525</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567572</v>
+        <v>574549</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567626</v>
+        <v>574556</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567633</v>
+        <v>574563</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567671</v>
+        <v>574587</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>65.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567688</v>
+        <v>574631</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>58.0</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>