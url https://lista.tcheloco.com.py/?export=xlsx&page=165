--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,206 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 17:00</t>
-[...68 lines deleted...]
-    <t>Balan�as de Bagagem</t>
+    <t>Lista gerada no: 13/02/2026 03:11</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WINNINGSTAR ST-5051 - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43 / 30W / USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43C / 30W / CABO USB-C</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO RAF R.0303 / 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE HYE HYEC79 - 65W - USB/USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121C / FONTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.5423 - ESPETO GIRATORIO - 220V</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA DAYS DYD-4000 - 5.1CH</t>
+  </si>
+  <si>
+    <t>CD / DVD</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>REPRODUTOR PORT�TIL DVD HYUNDAI HY-9921 - USB/SD/7"/ BIVOLT</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA INOVA LED-610 - 60 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>BASTAO DE SELFIE INOVA SP-414 - BLT</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MANUAL - MEAT MINCER 13290</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-8774 / BT / USB  / 10.1"</t>
-[...2 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>MONITOR XIAOMI A24I P24FBA-RAGL - FHD - HDMI - IPS 24"</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8306 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-6997 / BT / SD / USB / 10"</t>
-[...50 lines deleted...]
-    <t>SONIFER</t>
+    <t>LANTERNA ECOPOWER EP-8316 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8331 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8332 - RECARREGAVEL - 1 LED - SOLAR - BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a98cbd9883b4b1c8778e9dee097d168.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e58b961d0e57537183e845511d69fc0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d033cef50428935e7cf5e47c11cab760.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443a9101d30ae34e240c14277f85629b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68de95f1680a35bd737d86b5fdae49b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d5bed839435faf1fb07abb64b6c71a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7802a4b95c4ebbdb3af80d9ac68606f2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9c51aec6459dcf9ab5d8dac63f3e14.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3ced242de085c7593bd2ba8745f72c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8fd177c6380a471b665b76923183b7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2cafb2b55f38375a29fd6b3be95582.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3203dcf9d57a8de9197f4a93bf9ed204.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728dc3d7e67130ef0d0baea6d0384d53.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819bcd29aabf6b39fd5bc5536ff9842b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49455178aa486b982a30f7e207909e62.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d3e4a9857859e888c7fb5ec0312f24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067db1679b2ad9bf4de59943d5827374.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d20af70d5bc5c9b68a8ce62b0347511.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8dd46637bd66a5741ae7cb3f7d39ef0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d9b23f5c318f45066e27e77a471fb4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a03c6b5c3a6d3fe46b55be41626c03.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4aeb08d913964f53cf9d6fb921424b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/623a470ee3c2d4aab7313620b5456e47.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208313c974c27b6e30f980f0de8876e3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b54c1f80bda2ca5fe3c54861d2c365.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d579af7a25b5ae166cec32178776a8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78902698afa7ef9c755ad79a608206b1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7add153aa80e3694e9a90ce4ce61ed3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251cbf701bec58b906bc87785940c54d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87623832db144a938c4e3052d948eea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bcce029a173a2681b4d5913c28762bc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233eb2d2c3cf20cb9a79eb90670ba698.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa7ffb9c15158de1071a14f63f511b62.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbb1ac428178d3f06d179c3583f151ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fa36e2a95bbb69625ffdc9c0dcf805d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76cbf375f569c7f34da1b003eb2e5c17.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655f355fa999d0c3b44c70be32564423.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed169a4f1c7f833e325a746258de7651.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936b9e7a1b72aa0eba5fb0aef706cd91.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b954ce2d2279280f55b894430125b858.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574303</v>
+        <v>578110</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574310</v>
+        <v>578127</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>27.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574341</v>
+        <v>578134</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>5.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574365</v>
+        <v>578172</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>18.9</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574372</v>
+        <v>578196</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>18.9</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574396</v>
+        <v>578202</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574402</v>
+        <v>578226</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574419</v>
+        <v>578233</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574426</v>
+        <v>578240</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574433</v>
+        <v>578257</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>17.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574471</v>
+        <v>578264</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>65.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574488</v>
+        <v>578288</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>47.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574495</v>
+        <v>578318</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>40.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574501</v>
+        <v>578325</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>74.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574525</v>
+        <v>578349</v>
       </c>
       <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>34.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574549</v>
+        <v>578356</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574556</v>
+        <v>578394</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574563</v>
+        <v>578400</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>23.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574587</v>
+        <v>578417</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>30.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574631</v>
+        <v>578424</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>