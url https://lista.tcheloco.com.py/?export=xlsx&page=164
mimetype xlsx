--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,203 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 11:44</t>
-[...20 lines deleted...]
-    <t>ALTO FALANTE ALPHASONIK AS29 - 6X9'' 500W - 3 VIAS</t>
+    <t>Lista gerada no: 29/12/2025 18:08</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2112 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>SOPRADOR/ASPIRADOR PROSPER TURBO P-2001</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CONTROL UNIVERSAL AR CONDICIONADO - PROSPER K-1027</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER  P6605 - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P6605 - 110V</t>
+  </si>
+  <si>
+    <t>TV 50'' SMART LED HYE HYE50ATUX / ANDROID / SMART / 4K / DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED HYE HYE55ATUX / ANDROID / SMART / 4K / DIG</t>
+  </si>
+  <si>
+    <t>RAQUETE ELETRICO - MATA MOSCA OM 20865</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA COM CHALEIRA RAF R.7899 -  220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H151 - BLUETOOTH - TWS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H162 - BLUETOOTH - TWS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H109 - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO ECOPOWER 12000BTU - 220V/60HZ - COM KIT - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM NAKAMICHI NBF25.0A - SUB 10" - 1000W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>ALPHASONIK</t>
-[...104 lines deleted...]
-    <t>BATERIA AUXILIAR ECOPOWER EP-C876 - 24000MAH</t>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ523BD / USB / BT / COLOR</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ537BD / USB / BT / 4V</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NSF-CS623 / 6.5" / KIT C / 315W</t>
+  </si>
+  <si>
+    <t>SUPORTE UNIVERSAL PARA CELULAR  ECOPOWER EP-T008</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SUPORTE UNIVERSAL PARA CELULAR ECOPOWER EP-T009</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E2101 2 SIM / 4 BANDAS / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d867855881639998338dbdfd6f681db9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f69ee3c955b407af5fea4d37ce5756.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e9a70bffc00cba4d14880de268a1f4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f3c989add97244c17fa0f0d3e4d1290.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/156d61a6b425e696f3e1c78b10e816c9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b31bdb804f4ae6378c83a880dca5eee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e54ab1626dbf1de1d4a4d45cca107b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b1074cc940f1d9d548b1fea0e8d9a5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d448b9600d66fe802b42e950c8d7b6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970fb2fdb3cec8c5652429532a2107a4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a2d0b1c70714af8782321181b4b0a7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef50a3d6f1ad2a018f2f41797c0b9443.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379b1f9d7f1a3b7212736e9cb9956eb4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ed2ac91266c86af916b944947036ea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a75e5eef2753174a1c52a356afe81ce.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39b72d0ee00a579e3511336ce03a399.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d89f05c934d953c60acc6a01a3add81c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50280c100b841774a9bd698fd3d98305.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5050fe552a7870bd7a849d3efd12350d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d7936067c81c59f7a76d07398f5c0f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0e399eb7ecf1fba85100558c1fa30d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a83664597936ef5df7b14b9fa1b34ccd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546f09626e5191aadb759d93bf31d2bf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef76d99ce62ccb16a9ee675163ed9e09.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366ded25a916356f892c0877ae03f1a6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f3f779022d8a306af40a19a818a3b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a94aca9dc06ef346223c17e69497e4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a06928bc21d14631828022139322a32b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941aecb9e806de5e7aa8a3c98954d077.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1764526fa8af8c94c01ea3da67698ebd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d13ea3a0c03900e59630abc7372aafb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3b306d2f98ff13c05c1c0cfb144451.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34acc9a6023c16303126f33372840397.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a98e8affe33c120f3785f3a520e2db58.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf66f28ef07a20764d64f96c859d277.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4374b9801e1d5a24e9da616fa96cb1e9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9225a16a559108698e58919789b82bf7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e812917a63412d71fa2d19c4e34ffe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5681f56fbef4fea17b64a30538c95eb0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c6b5ded0386a8e008335a31e063688.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567114</v>
+        <v>573979</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567138</v>
+        <v>573986</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.6</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567152</v>
+        <v>574006</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>28.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567169</v>
+        <v>574013</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>28.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567183</v>
+        <v>574020</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>9.95</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567190</v>
+        <v>574037</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567213</v>
+        <v>574044</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>5.75</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567220</v>
+        <v>574051</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>68.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567237</v>
+        <v>574129</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
         <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567244</v>
+        <v>574167</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567251</v>
+        <v>574174</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567305</v>
+        <v>574198</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567312</v>
+        <v>574204</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567343</v>
+        <v>574211</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>1.72</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567350</v>
+        <v>574242</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>17.5</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567367</v>
+        <v>574259</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>35.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567398</v>
+        <v>574266</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567404</v>
+        <v>574273</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567411</v>
+        <v>574280</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567428</v>
+        <v>574297</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>