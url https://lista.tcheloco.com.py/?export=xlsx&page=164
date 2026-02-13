--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,191 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 18:08</t>
-[...2 lines deleted...]
-    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2112 - 2 VELOCIDADES - 220V</t>
+    <t>Lista gerada no: 13/02/2026 04:22</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 4 EM 1 SONIFER SF-8151 / 400W / 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>PHILIPS</t>
-[...17 lines deleted...]
-    <t>SECADOR PROSPER  P6605 - 220V</t>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H171 - ARCO/BLT/FM/TF</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-492 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8747 / BT / USB / 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>SECADOR PROSPER P6605 - 110V</t>
-[...86 lines deleted...]
-    <t>Celulares</t>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SACA ROLHA KANDEX SP-001 - RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>KANDEX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL SATE A-TM01</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1003 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MUMULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>REFIL GLUCO ECOPOWER EP-2741 - 50 UNID</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0e399eb7ecf1fba85100558c1fa30d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a83664597936ef5df7b14b9fa1b34ccd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546f09626e5191aadb759d93bf31d2bf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef76d99ce62ccb16a9ee675163ed9e09.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366ded25a916356f892c0877ae03f1a6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f3f779022d8a306af40a19a818a3b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a94aca9dc06ef346223c17e69497e4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a06928bc21d14631828022139322a32b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941aecb9e806de5e7aa8a3c98954d077.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1764526fa8af8c94c01ea3da67698ebd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d13ea3a0c03900e59630abc7372aafb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3b306d2f98ff13c05c1c0cfb144451.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34acc9a6023c16303126f33372840397.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a98e8affe33c120f3785f3a520e2db58.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf66f28ef07a20764d64f96c859d277.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4374b9801e1d5a24e9da616fa96cb1e9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9225a16a559108698e58919789b82bf7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e812917a63412d71fa2d19c4e34ffe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5681f56fbef4fea17b64a30538c95eb0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c6b5ded0386a8e008335a31e063688.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112acc54c08612bee64d553465d92e8f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c6e9f782780ddb37ef7e4fb2af12479.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaeb9609af5ba5d2e6d4bf80864d6ab0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05eaf5d99136d5c0bf3582296ca82430.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4167f6bd3db821caf86ea9cc39c500a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c072fc31d56216aed7e22a18a54768.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acfd389de81a93dda1c3c3ce286d9028.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bce663ed4a96fc901db9133efee6473.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2168cdd546255a3aea0801590899ba.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26afe21dec613c0097625ed877096159.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610c0a59409b500659d741466be25ae9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea70eb3593c58ba8f63a2e961b75f57b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13a990536457cbcb0f1f91f256a59af.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87dace75b2cacb90cfc5a338babe01f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c00682d48fef25735d76e577c4c0534.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3589b33119ec839bb2e5bb1da5a915a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43dda66a8d892de7057800435d799789.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45edb5486ee61613d75302fd44c87ec9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40e5be30b5976305b663ea459fb330fa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aeeb0e8defdb75ecee4691a2c11ee1c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573979</v>
+        <v>577656</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>30.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573986</v>
+        <v>577663</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574006</v>
+        <v>577687</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>4.6</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574013</v>
+        <v>577694</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574020</v>
+        <v>577700</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574037</v>
+        <v>577717</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>225.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574044</v>
+        <v>577724</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>268.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574051</v>
+        <v>577731</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574129</v>
+        <v>577779</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574167</v>
+        <v>577816</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574174</v>
+        <v>577823</v>
       </c>
       <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>6.75</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574198</v>
+        <v>577861</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574204</v>
+        <v>577885</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>275.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574211</v>
+        <v>577892</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>115.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574242</v>
+        <v>577915</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>38.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574259</v>
+        <v>578004</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>56.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574266</v>
+        <v>578028</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>33.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574273</v>
+        <v>578073</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>3.75</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574280</v>
+        <v>578080</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>3.75</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574297</v>
+        <v>578097</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>