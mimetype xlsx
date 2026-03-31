--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,209 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 04:22</t>
-[...26 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 31/03/2026 08:19</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
-[...47 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA FACIAL LIMPEZA MEGASTAR BR905</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ASPIRADOR XIAOMI G20 BHR8831 - BRANCO</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 FEMEA</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>VENTILADOR LEVEL DE P LVC-207-110 / 16" / 110V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>LUMA BELLA</t>
-[...44 lines deleted...]
-    <t>Medidores de Glicose</t>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA KODAK - AA - 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>KODAK</t>
+  </si>
+  <si>
+    <t>TV 32" SMART LED JVC 32KM158 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED JVC 65KM558 - HD SMART/4K/GOOGLE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112acc54c08612bee64d553465d92e8f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c6e9f782780ddb37ef7e4fb2af12479.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaeb9609af5ba5d2e6d4bf80864d6ab0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05eaf5d99136d5c0bf3582296ca82430.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4167f6bd3db821caf86ea9cc39c500a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c072fc31d56216aed7e22a18a54768.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acfd389de81a93dda1c3c3ce286d9028.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bce663ed4a96fc901db9133efee6473.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2168cdd546255a3aea0801590899ba.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26afe21dec613c0097625ed877096159.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610c0a59409b500659d741466be25ae9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea70eb3593c58ba8f63a2e961b75f57b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13a990536457cbcb0f1f91f256a59af.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87dace75b2cacb90cfc5a338babe01f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c00682d48fef25735d76e577c4c0534.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3589b33119ec839bb2e5bb1da5a915a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43dda66a8d892de7057800435d799789.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45edb5486ee61613d75302fd44c87ec9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40e5be30b5976305b663ea459fb330fa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aeeb0e8defdb75ecee4691a2c11ee1c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5765965c8586f573f4865994c89ceaa3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf68590da04cde4fd15340636bcc2a4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca6dee7fc8e7f24023787f3407ecbb2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3ed812fb9f1817ea788c5374f4b02c1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c5ac7f4bbe3143a4ebce4e589bbff1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1955de1e4fb974d22cc653d71a872b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8ae9220318beb1889312fc81d17f49.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0c8a173e62b1cded8e45b138c4a828.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2356ac09dad7fd05b251f4c42e280262.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57b3f757d0ca81aac4265ff629271b37.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5345fc340206a80854311448b02e4619.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26ef01716c1371a5215a7d11989e61f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fabd95264a36ff01ccb907a0db9997b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d17eb29bc098263f9b2dfbff1a5942.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/218f4b49d87a9c11957a6e5db4b336ce.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3858612db7531e8cb73af0f95d55bf13.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929d41d242540dc5e6e40effd4102444.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4ee2a0238139e2f259a1a8e2cd13e0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f7e10b1231efaf352fa428c5a9f84a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdafc0941b7c3de4901e04e8730d4b6c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577656</v>
+        <v>580311</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577663</v>
+        <v>580328</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577687</v>
+        <v>580335</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577694</v>
+        <v>580342</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577700</v>
+        <v>580359</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577717</v>
+        <v>580366</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577724</v>
+        <v>580373</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577731</v>
+        <v>580380</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577779</v>
+        <v>580410</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>3.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577816</v>
+        <v>580427</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>52.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577823</v>
+        <v>580434</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>12.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577861</v>
+        <v>580441</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577885</v>
+        <v>580502</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577892</v>
+        <v>580526</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577915</v>
+        <v>580571</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>1.25</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578004</v>
+        <v>580595</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>217.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578028</v>
+        <v>580601</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>62.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578073</v>
+        <v>580618</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>43.0</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578080</v>
+        <v>580632</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>43.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578097</v>
+        <v>580663</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>396.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>