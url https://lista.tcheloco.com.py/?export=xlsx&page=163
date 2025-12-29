--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,203 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 11:45</t>
-[...14 lines deleted...]
-    <t>Cameras IP</t>
+    <t>Lista gerada no: 29/12/2025 18:56</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV LOTV LI5 / 16GB / 2GB / WIFI / AND</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV LOTV LI3 / 8GB / 2GB / WIFI / AND</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA + CUIA BIGSTAR BSP-2001 - 2L +180ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS WINNINGSTAR ST-9660 - 3 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS WINNINGSTAR ST-9306 - 12 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ROBOT ASPIRADOR XIAOMI VACUUM X10/B102</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-010B1 - PARA ANDROID</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MINI PROJETOR TUCANO TC-M70</t>
-[...110 lines deleted...]
-    <t>Carregadores, baterias e pilhas</t>
+    <t>FONE DE OUVIDO AOC ACT2504 - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>AOC</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL BT300 - MAX PODS - BLUETOOTH - CINZA/PRETO</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL BT300 - MAX PODS - BLUETOOTH - CINZA/BRANCO</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWL-100 SEM FIO - VERMELHO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - VERMELHO</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - AZUL MARINHO</t>
+  </si>
+  <si>
+    <t>TECLADO/MOUSE PARA PC SEM FIO PHILIPS SPT6318 - PORTUGUES - PRETO</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-127V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-220V</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO BAK BK-SC001 / 10.400MA S/G</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC06 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC08 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>LANTERNA RECARREGAVEL ECOPOWER EP-8161 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -236,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a15ae5fd1ba3861710fbef692feb8d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada2c9a242d5eabcf22c97cdc1cc33ec.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd4bac8bea9f6e202e218fa2a28b8240.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0daeab763c85fa500cde79521d01affe.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76b6fd1bf55b50c76e4a656ce735b0a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4ce8bb66c6fc03e3e43d399c8e9035.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2ef4b52ac88435a4e8190629fdd352.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1d2474d970f778013ebd9ecf61f1a2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44329f0d805cfc0733c2583822c43b7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eea9e5f513c1e2edc1715db76416129.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301c4af10228462bb9a3f315d3a1b9a0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8735eec1bf89e03131e44cd6076d4a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55ebcccc4a392ff9b673413781f3f18.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900ef67139b83c0d4a352e567eb8478b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb531ef2939477a6a377c2b25f9e86b4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ba42402dea6fde67f37baf1883a7e3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2fc7cc21f5b65c07a526c14c31fd9dd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff3c03b011360eda9fb6d7114c8a51d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb5d4b8c869aaf14ae7d5aed4444f27.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9e00be63113ddf9c5c239f48b39871.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddce6a75427a07b0fa916041cd4d3754.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de42ec5d58556af4b0524b108aa37ad4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff717f045a5e6b9c36273c470ce668cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b6bd42b42420041aa1e45edaee90e91.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f12db9c447cb1bc5f57208777a66b6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d1de17b73609d6961f4274f9e00510.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdbfc82c5959f26e0dfb3637f996ef5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebfcfb0a9bd563e02971458b8717fb95.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be78131b823b7798d9708540984dbcd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3da1223546295573e0f276ea52eca9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613488bdb70a8e257fc62926d6a8fdd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b52475359f76afe6bad295758b2b15.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd22d1dcfb37e5de1f92dc3e7850671.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063a93627f6c85be0b0707f3845047f4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d0bd15d509d15f18146b2bba8e2db0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700f0c711da4828589e22224c2ef4d9a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c13d668da250e3ec717e06e39179fdc5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d53a0ca10418e3e0f414adf173db6f23.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d35f7ec7107e81c8820a06221dc28ce9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8569e9c443237da6121e36944fe71f0c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>566759</v>
+        <v>573665</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>566780</v>
+        <v>573672</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>566797</v>
+        <v>573689</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>36.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>566803</v>
+        <v>573696</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F5" s="3">
         <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>566810</v>
+        <v>573719</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>566841</v>
+        <v>573757</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>566858</v>
+        <v>573764</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>4.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>566902</v>
+        <v>573771</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>48.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>566919</v>
+        <v>573818</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>566933</v>
+        <v>573825</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>566940</v>
+        <v>573832</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>69.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>566957</v>
+        <v>573849</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>566964</v>
+        <v>573856</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>17.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567008</v>
+        <v>573863</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>95.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567039</v>
+        <v>573887</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567046</v>
+        <v>573894</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567053</v>
+        <v>573900</v>
       </c>
       <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
         <v>43</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>189.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567084</v>
+        <v>573917</v>
       </c>
       <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567091</v>
+        <v>573924</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567107</v>
+        <v>573931</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>1.8</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>