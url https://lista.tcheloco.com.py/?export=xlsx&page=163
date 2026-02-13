--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,200 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 18:56</t>
-[...2 lines deleted...]
-    <t>RECEPTOR IPTV LOTV LI5 / 16GB / 2GB / WIFI / AND</t>
+    <t>Lista gerada no: 13/02/2026 04:39</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-490 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA MOTO - FOSTON X200</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>KIT DE TALHERES FD-666 - MALETA DOURADA - 24 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL 16314</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 PLAY - ROSA</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>CANIVETE 24CM OM 16642 - MULTI USO COM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>CABO USB XO-NB-Q228A - 27W - TIPO-C/IPHONE - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK XO-CB01 - NEGRO - 14"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>HUB SWITCH HIKVISION DS-3E1309P-El/M - POE - 8 PORTAS</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CAMERA IP HIKVISION DS-2CD1323G2-LIU / 2MP / DOMO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV HTV H9 - COMANDO DE VOZ - 4K - 16GB/2GB</t>
   </si>
   <si>
     <t>Receptor</t>
   </si>
   <si>
-    <t>LUO</t>
-[...80 lines deleted...]
-    <t>Teclados</t>
+    <t>HTV</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2110 - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-127V</t>
-[...32 lines deleted...]
-    <t>ECOPOWER</t>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP562 - 6"</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP556 - 5"</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN2620 - PISO/INDUSTRIAL - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO MEGASTAR HA-602 - PRETO - 60L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO MEGASTAR MIC2208</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA MOTO MEGASTAR SPK01 - BLT/USB/FM - 12V</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO LED-3W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddce6a75427a07b0fa916041cd4d3754.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de42ec5d58556af4b0524b108aa37ad4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff717f045a5e6b9c36273c470ce668cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b6bd42b42420041aa1e45edaee90e91.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f12db9c447cb1bc5f57208777a66b6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d1de17b73609d6961f4274f9e00510.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdbfc82c5959f26e0dfb3637f996ef5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebfcfb0a9bd563e02971458b8717fb95.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be78131b823b7798d9708540984dbcd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3da1223546295573e0f276ea52eca9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613488bdb70a8e257fc62926d6a8fdd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b52475359f76afe6bad295758b2b15.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd22d1dcfb37e5de1f92dc3e7850671.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063a93627f6c85be0b0707f3845047f4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d0bd15d509d15f18146b2bba8e2db0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700f0c711da4828589e22224c2ef4d9a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c13d668da250e3ec717e06e39179fdc5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d53a0ca10418e3e0f414adf173db6f23.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d35f7ec7107e81c8820a06221dc28ce9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8569e9c443237da6121e36944fe71f0c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d023f585494535f51ef99b249007b62e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e66aeafcbf37b9b8c999403ecfcd317d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb141c6765340d513cab5c6206f65f96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655f58942007ab8f395edf1aaf318ff7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8469d569d32a55f9f668f81527b4820b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ae6f012d05a3c3fe5bcd805f105fb9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b7e34c19f11e9d9c817114318a1c06.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b553c80dbcb1c63de0f52f90ce2b6c9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533b6baae5f7dc9f1a28b75391332472.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8d9c3c983d1bec331d6248ac26363bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a74b3b120bbe5bb682a91d566cef3b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9362715333ce5d8fb87889534103847e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1d215e902aaaa340e7e633a8456543.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afae47709404953e950bfd169393f374.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f435b8e2816181f68694e247fcd992e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666c0c8f6ee7119c608973eba7b82f27.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df105e07b97a2e01e39a9a735edf927.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bcf5b70d73e06f8ef43c387a5c57a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1f710637bc68865b3e24fb0bb167b3e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545e2c2b7fdb95160b3e07c5be96deb3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573665</v>
+        <v>577335</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>34.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573672</v>
+        <v>577366</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>30.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573689</v>
+        <v>577373</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573696</v>
+        <v>577380</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573719</v>
+        <v>577397</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>17.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573757</v>
+        <v>577427</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>255.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573764</v>
+        <v>577441</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573771</v>
+        <v>577458</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>11.5</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573818</v>
+        <v>577472</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573825</v>
+        <v>577489</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573832</v>
+        <v>577496</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" t="s">
         <v>32</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573849</v>
+        <v>577526</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573856</v>
+        <v>577557</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573863</v>
+        <v>577564</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>16.5</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573887</v>
+        <v>577571</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>36.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573894</v>
+        <v>577595</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>36.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573900</v>
+        <v>577601</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>189.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573917</v>
+        <v>577618</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
         <v>22.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573924</v>
+        <v>577625</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573931</v>
+        <v>577632</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>