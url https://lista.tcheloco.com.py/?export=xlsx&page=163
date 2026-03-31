--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,218 +14,155 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 04:39</t>
-[...122 lines deleted...]
-    <t>FORNO ELETRICO MEGASTAR HA-602 - PRETO - 60L - 220V</t>
+    <t>Lista gerada no: 31/03/2026 09:58</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO MARYLAND MR-EO8075R - 75L - 220V</t>
   </si>
   <si>
     <t>Fornos eletrico</t>
   </si>
   <si>
-    <t>MICROFONE SEM FIO MEGASTAR MIC2208</t>
-[...17 lines deleted...]
-    <t>TUCANO</t>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO MARYLAND MR-EO8060R - 60L - 220V</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO MARYLAND MR-EO8100R - 100L - 220V</t>
+  </si>
+  <si>
+    <t>BOLSA TERMICA SUNLIGHT 14473</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C802 - DIG - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C868 - 36000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C887 - 33000MAH</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +185,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d023f585494535f51ef99b249007b62e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e66aeafcbf37b9b8c999403ecfcd317d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb141c6765340d513cab5c6206f65f96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655f58942007ab8f395edf1aaf318ff7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8469d569d32a55f9f668f81527b4820b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ae6f012d05a3c3fe5bcd805f105fb9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b7e34c19f11e9d9c817114318a1c06.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b553c80dbcb1c63de0f52f90ce2b6c9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533b6baae5f7dc9f1a28b75391332472.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8d9c3c983d1bec331d6248ac26363bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a74b3b120bbe5bb682a91d566cef3b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9362715333ce5d8fb87889534103847e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1d215e902aaaa340e7e633a8456543.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afae47709404953e950bfd169393f374.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f435b8e2816181f68694e247fcd992e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666c0c8f6ee7119c608973eba7b82f27.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df105e07b97a2e01e39a9a735edf927.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bcf5b70d73e06f8ef43c387a5c57a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1f710637bc68865b3e24fb0bb167b3e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545e2c2b7fdb95160b3e07c5be96deb3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc2f367fa236cdf1c98ba04d516e3ab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf805dfb1f3a889206ad313a22e008f1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aad1d6e5446174f5d66ba3f562d3e1cb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213b610a967cbcd9c1b99e8f4cc6068b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1087f199635ad3c7f32f6888bfb64ab5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b40c2751cca16745d223bad647f2215a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640c59ae00cced9e23ab0f4a8203f19b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea8ff7339d3dbdf6de1aa2abb601fe6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb134cea8d7523db220592a18793c43.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf30c91064e8984c022cc47b98b7ae0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5695b2370e8fe569086cf54d13624e7c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/797528bb7b15002bde0a010b2f16326f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47f7639b11161bdf1afda02ebeda81b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74be6a3b9e48d0fbada31f88cdc2e47c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd492ff424563d289b858923b602b867.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6459b2a9825f25888a171e8308dbb8ab.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7876e319ee4cade9bea7805b895a8a11.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c42cf8bfafd9490844fb9247da7b775e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918043687e43d1549a690da3984e540f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03e4bcd106add8accd14923407bc1fd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1096,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577335</v>
+        <v>580144</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.75</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577366</v>
+        <v>580151</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577373</v>
+        <v>580168</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577380</v>
+        <v>580199</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577397</v>
+        <v>580212</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>117.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577427</v>
+        <v>580229</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577441</v>
+        <v>580236</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577458</v>
+        <v>580243</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>3.25</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577472</v>
+        <v>580250</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577489</v>
+        <v>580267</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="F11" s="3">
-        <v>48.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577496</v>
+        <v>580274</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="F12" s="3">
-        <v>40.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577526</v>
+        <v>580281</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F13" s="3">
-        <v>169.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577557</v>
+        <v>580298</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577564</v>
+        <v>580304</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>65.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577571</v>
+        <v>580311</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F16" s="3">
-        <v>52.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577595</v>
+        <v>580328</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F17" s="3">
-        <v>155.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577601</v>
+        <v>580335</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
-        <v>80.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577618</v>
+        <v>580342</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577625</v>
+        <v>580359</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577632</v>
+        <v>580366</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>