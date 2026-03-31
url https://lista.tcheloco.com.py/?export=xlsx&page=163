--- v3 (2026-03-31)
+++ v4 (2026-03-31)
@@ -14,155 +14,164 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 09:58</t>
-[...26 lines deleted...]
-    <t>BATERIA AUXILIAR ECOPOWER EP-C802 - DIG - 12000MAH</t>
+    <t>Lista gerada no: 31/03/2026 11:28</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C887 - 33000MAH</t>
   </si>
   <si>
     <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
-[...7 lines deleted...]
-  <si>
     <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -185,51 +194,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc2f367fa236cdf1c98ba04d516e3ab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf805dfb1f3a889206ad313a22e008f1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aad1d6e5446174f5d66ba3f562d3e1cb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213b610a967cbcd9c1b99e8f4cc6068b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1087f199635ad3c7f32f6888bfb64ab5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b40c2751cca16745d223bad647f2215a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640c59ae00cced9e23ab0f4a8203f19b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea8ff7339d3dbdf6de1aa2abb601fe6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb134cea8d7523db220592a18793c43.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf30c91064e8984c022cc47b98b7ae0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5695b2370e8fe569086cf54d13624e7c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/797528bb7b15002bde0a010b2f16326f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47f7639b11161bdf1afda02ebeda81b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74be6a3b9e48d0fbada31f88cdc2e47c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd492ff424563d289b858923b602b867.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6459b2a9825f25888a171e8308dbb8ab.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7876e319ee4cade9bea7805b895a8a11.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c42cf8bfafd9490844fb9247da7b775e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918043687e43d1549a690da3984e540f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03e4bcd106add8accd14923407bc1fd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab59398bb7edbcde0171dad5f8c0590.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0dc93b07fa4d57724d7806523719ea.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e09c7f03301975835e806fd4a78cc8b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c37a968471e157a853cc80f3965373.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85e3685ccee44252b7889f9319781cac.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4e038d0977c0916ff631c7a711726c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab72d855a0d43b186d1e8acb77ed4eb4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a44dcabb931d477005fb1b5785f726.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3caafed01b0b475f185e440cd6a06289.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/345953577f3022ccd2e8e24d24291ee4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315816c4e80645fcb9fa0003ccf0a18d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831a5836dee0dfcffb09e69b1a10db01.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280a601f60c4a5e4a67a449b61de90c7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55854ec675a445940bfd0a91dd9dbcf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf44a92297d7f754f5b08ed63dc4bb31.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d805015dc86745514f8ded0db1ed369.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40a330b1045146b72df9d20d5f81a01c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e085cfaf4502c3220eba218b40b71b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42216b9d280b7bf4e95220901030fc43.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6587446d5800e2353c92799120c03f96.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1098,415 +1107,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580144</v>
+        <v>580243</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>110.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580151</v>
+        <v>580250</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>90.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580168</v>
+        <v>580267</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>132.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580199</v>
+        <v>580274</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580212</v>
+        <v>580281</v>
       </c>
       <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580229</v>
+        <v>580298</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580236</v>
+        <v>580304</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580243</v>
+        <v>580311</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580250</v>
+        <v>580328</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580267</v>
+        <v>580335</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580274</v>
+        <v>580342</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>16.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580281</v>
+        <v>580359</v>
       </c>
       <c r="C13" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580298</v>
+        <v>580366</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580304</v>
+        <v>580373</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580311</v>
+        <v>580380</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580328</v>
+        <v>580410</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580335</v>
+        <v>580427</v>
       </c>
       <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>30</v>
+      </c>
+      <c r="E18" t="s">
         <v>31</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580342</v>
+        <v>580434</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580359</v>
+        <v>580441</v>
       </c>
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580366</v>
+        <v>580502</v>
       </c>
       <c r="C21" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>59.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>