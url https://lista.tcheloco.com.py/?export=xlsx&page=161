--- v0 (2025-12-29)
+++ v1 (2026-02-13)
@@ -14,203 +14,179 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 20:30</t>
-[...56 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>Lista gerada no: 13/02/2026 05:59</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM FURADEIRA WADFOW WDT4B119 - 119 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - RIVER PLATE</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - BOCA JUNIORS</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ELECTROBRAS EBHE-66L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - OLIMPIA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5414 - CHAPA LISA - 70CM - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>RELOGIO SMART WATCH ULTRA M58 ULTRA - 2 PULSEIRAS</t>
+    <t>FRITADEIRA AIR FRYER QYLAR QY-0106 - PRETO - 3.6L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR QYLAR CITRUS QY-0310 - 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR QYLAR CITRUS QY-0310 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PORTATIL QYLAR BLENDER TWIST QY-1602 - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATTCH Z97 MINI - 4 PULSEIRAS</t>
   </si>
   <si>
     <t>Smart Watch / Fitness</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...62 lines deleted...]
-    <t>Pen Drives</t>
+    <t>RELOGIO SMART WATTH Y80 - 8 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>GRILL INTERBRAS H20BR - 110V</t>
+  </si>
+  <si>
+    <t>INTERBRAS</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO INTERBRAS C10BR - 1 BOCA - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>SANDUICHERA INTERBRAS G30BR - 4 UNID - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +209,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18762cf27aaef736b38b415801779a1f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a90e07726e6c286df18f3486c58165.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffcbad72c8e6291a7d1662d211ab4ef6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d506be983cbe9222f38d2ff6348ee24e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cebbf7e50c90ee933777f640c1aa179.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e14501457a56576f662952f7b2ade8b2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ea0906e25556024ed1020be318a835.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecdf0c6777de06d39eb0950e05602fbf.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c485b019738c6b16903f816d499f73fa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7229714f5e1bdb1c0d24aa5208d6bc58.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e1652a02a8b50fee8c3652d61b189e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7efa87a1d3cd51b75fee5b769e640cb3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/294dd33062b452ec2bd0b982f474eb01.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce98f16b53495f80392c351958aee31.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8a734c3dcd7a73eef8de9129415b8b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af51e50ba057a44d4f0b17d18d70405.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950175bf96b8bc294c843844cbdfb985.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee8b48ba741c47c28aeb1768351f0fa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd96d5ee6e0899a78e12143475b016e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95858add6692e69f58aaaeed3351202e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e231d4dd37a749a27160a4eeb96c207.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c17d23c55b570f012065da8d3186214.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/295de0d6dc2be951810fdab316027217.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206d08c91f05ba03afadb31602276bdd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7b651ec752634279449d15c48859c4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22207b3c8a436ebba34c0b2afac83ad1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac7409f00148e94a8ce8ea4cf695953.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c50cf8fc30a1930af83d5713fdd84ba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7070407472e9d176af1440c678c9dc3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19729a2b2f308e8dbf1f23b1b256e6b7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e0824e492525a1e32dc1eb2ff7ad7c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e11a4b3ac79efd28746cd77b16d83dc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c8dd1f482005096ba24dc9e8f2dcd1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666a045945ee00c9df31f21b8ce4c69f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11c78347661c2e044d85efd1564f168.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/908f8952b98a252323de6502fb300edf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a57ee4713faa93d7313011c3bfae1ad.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b29cec4596b3519787021f6e2a9d912a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f64c8eccaf04fe4437611a1b0e5ec00.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d22dcf3070dc00dea60a3d55349edc9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1120,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572941</v>
+        <v>576581</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>83.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572965</v>
+        <v>576628</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>28.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572989</v>
+        <v>576635</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572996</v>
+        <v>576680</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573009</v>
+        <v>576727</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>15.75</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573047</v>
+        <v>576734</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>27.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573061</v>
+        <v>576765</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>8.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573078</v>
+        <v>576789</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>9.6</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573108</v>
+        <v>576796</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573115</v>
+        <v>576802</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573122</v>
+        <v>576819</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>430.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573139</v>
+        <v>576833</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>540.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573146</v>
+        <v>576840</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573153</v>
+        <v>576857</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573177</v>
+        <v>576864</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573191</v>
+        <v>576871</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573207</v>
+        <v>576888</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573214</v>
+        <v>576895</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>2.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573221</v>
+        <v>576918</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573252</v>
+        <v>576956</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F21" s="3">
-        <v>2.62</v>
+        <v>20.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>