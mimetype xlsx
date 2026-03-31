--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,179 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 05:59</t>
-[...14 lines deleted...]
-    <t>Copos</t>
+    <t>Lista gerada no: 31/03/2026 11:54</t>
+  </si>
+  <si>
+    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>COPO TERMICO 473ML - BOCA JUNIORS</t>
-[...20 lines deleted...]
-    <t>Grill</t>
+    <t>RADIO CAR ECOPOWER EP-8749 - AND/BT/USB/9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER QYLAR QY-0106 - PRETO - 3.6L - 110V</t>
-[...50 lines deleted...]
-    <t>FOGAO ELETRICO INTERBRAS C10BR - 1 BOCA - 110V</t>
+    <t>ESPREMEDOR ELETRICO RAF R.6230 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>CHALEIRA ELETRICA RAF R.7230 - 5L - 220V/50/60HZ</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CAFETEIRA RAF R.115 - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>PANELA PARA FAZER MACARRAO RAF R.5476 - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>BATERIA 9V MAXDAY -  CAIXA 10 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV919 - LILAS</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ESCOVA COM SECADOR MULTILASER EB116EU - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR MULTILASER CE077EUR - 100W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BIGSTAR BSP-3015-S POWER - 350W - 220V</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI MI MBC27 - C201</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI PB2020MI - 20000MAH - CINZA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 WADFOW WJX2K32 - 5 PCS</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>SANDUICHERA INTERBRAS G30BR - 4 UNID - 110V</t>
-[...2 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>ECOLINK</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR RF-01 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>FECHADURA ELETRONICA HYE-630MAX - COM CAMERA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED HYE HYE65ATUX - HDMI/SMART/4K /DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -209,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e231d4dd37a749a27160a4eeb96c207.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c17d23c55b570f012065da8d3186214.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/295de0d6dc2be951810fdab316027217.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206d08c91f05ba03afadb31602276bdd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7b651ec752634279449d15c48859c4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22207b3c8a436ebba34c0b2afac83ad1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac7409f00148e94a8ce8ea4cf695953.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c50cf8fc30a1930af83d5713fdd84ba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7070407472e9d176af1440c678c9dc3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19729a2b2f308e8dbf1f23b1b256e6b7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e0824e492525a1e32dc1eb2ff7ad7c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e11a4b3ac79efd28746cd77b16d83dc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c8dd1f482005096ba24dc9e8f2dcd1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666a045945ee00c9df31f21b8ce4c69f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11c78347661c2e044d85efd1564f168.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/908f8952b98a252323de6502fb300edf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a57ee4713faa93d7313011c3bfae1ad.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b29cec4596b3519787021f6e2a9d912a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f64c8eccaf04fe4437611a1b0e5ec00.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d22dcf3070dc00dea60a3d55349edc9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaff117d6fa1a6e54f378531b2bc3965.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c5d3067186a47c981b8264cf4fef0a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08630222f8fe993536046d5bf316860e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41699458532b5023392b6d3d5dbf023f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad90dbd397c66eaae244b7a37fdf2cc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98709c6f75ed3fd8a634ad60f0569a0a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b4a3c9368246c2692fc7284db22152d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6826d00f8760fb99f4c0cacbf9da7c57.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70be7f6198badf33fd394ee3efbbf4e4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23712103c4a0626b6ac73fa1d41d3de.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d467a447dd9ad2e79adcc2d9074b42fc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425238dd2bd97e06d82af5959367d54.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3baa137db9a94df174cd420410ffca44.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28b10feacd089fb8dc7b624ae12569b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001498c2c9d0023a719c6e340153beba.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526fd12093b34386fc077aa32f8bb8e1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036542493c3b6905bff9c550fbd9390e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f33c32f0b8c715a5dde59a11ceda58.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ea9ded0ebaa5fd1ad95814466bf33b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c4446459b2543c7b14128395221747d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1120,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576581</v>
+        <v>579360</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>75.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576628</v>
+        <v>579377</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.5</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576635</v>
+        <v>579391</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576680</v>
+        <v>579407</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>113.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576727</v>
+        <v>579414</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>4.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576734</v>
+        <v>579421</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>4.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576765</v>
+        <v>579438</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576789</v>
+        <v>579445</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576796</v>
+        <v>579476</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
         <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576802</v>
+        <v>579483</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>26.0</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576819</v>
+        <v>579506</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>24.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576833</v>
+        <v>579520</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>21.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576840</v>
+        <v>579537</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576857</v>
+        <v>579544</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>27.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576864</v>
+        <v>579551</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E16" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576871</v>
+        <v>579575</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576888</v>
+        <v>579582</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576895</v>
+        <v>579599</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576918</v>
+        <v>579629</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>3.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576956</v>
+        <v>579636</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>20.0</v>
+        <v>348.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>