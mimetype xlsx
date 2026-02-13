--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,212 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 23:24</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 13/02/2026 07:11</t>
+  </si>
+  <si>
+    <t>LAMPADA LED SUNLIGHT 19153 / 30W / E27 / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / VERMELHO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C505 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>JARRA ELETRICA ELECTROBRAS PRIME DIGITAL EBJE-10 - 220V</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C831 - 12000MAH</t>
+  </si>
+  <si>
+    <t>SECADOR LUMA BELLA LB-64014 - 2400W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL WINNINGSTAR ST-9399 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-0262 - 8"X2 - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-3919 - 3* - 8" - USB/FM/AM - MICROFONE SEM FIO</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-083 - 8" - USB/FM/BLT - MIC SEM FIO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA LUO LU-4992 / 2.5L + COPO MATERO + BOMBA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS GOOD KING NRI-20015 - 15 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA - OM LZW 3115 - 45 PCS</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO AIR COOL S2124 - 56" - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>TABLET C IDEA CM11000 PLUS 10.95" / 5G / 1TB / 8GB / PRETO</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA RETRATIL SILICONE - 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
-    <t>ELECTROBRAS</t>
-[...122 lines deleted...]
-    <t>KINGSTON</t>
+    <t>BATEDEIRA MANUAL WINNINGSTAR ST-5534 - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED ECOPOWER EP-TV040 / SMART / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO TOTAL TG111136 - 220V</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ed4bcbbba8c14043d65d4f010f88b2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aac0c9847c0246c4d25249d50ad697c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d48cf6d1e14d83716e939290c1419f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef01d0e8f4f6a785aada785f19826624.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458349f0a13bcbd907b6a40539f63a2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac4c388189cf2b6cc0c9fb40bbd6c46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369ea5c2794160cfe097d701f08cd5c4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d7b36482251d91750a87e2deb4b0c94.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d01575a640b44748d9e5e8bbd5532e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e6c0919e96b310dbed8d8dcf46c7d8d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c71b0f5e2f2340907e99847cbae2672.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a42de9dd07756fbc8032ba3e735e4b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c04983e99e5c65709a138ece1119f0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de81f18036daf10b791ed8957f8053d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4f468d78096ec12212439117f9645d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b86561f396e07a3c65c493842710c63.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babb82104eb2552752ede29474230f78.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff2722ef4df7b5b0e20be67b0956d71.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fa8d5718883c8886e1c2aa10a20bf4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e6daeed7cc5ab6ce64f85fbcdd32d3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed276abb8d011c4bb6ebbccb81337574.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec2e57b6f4cca6322d0e699b1eb9a62.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65434bd7ebd66662ab125f0da7fe7f26.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b8473b912c9f59c21ae671673a0294.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ebe41f5c886a7d7c0867e3c704660c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873651a32e01009e1618182d19f500a1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29837ddf97f4dd357d5d8b9607e57293.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6996f5255ddea85ba5dc780c0b3cc616.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/601c2105c60c809ad98cf34b471bb446.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c361d9b3a9c2dbf3c91c56c686eb989b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562e47db81719b1fedd04668fa0b4923.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15606efb5db642ff26f1942f151c0b0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a36ea4dc2ec3c86c7c2c47f62f4490.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9221be1becdfd0afe6d2e8ef2f4a77f9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc32136a6974ac39250694ae84a18b16.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7bd49dc3e88a3dc437ef24116e5616e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab462624540178c15fbb2e53c33103c2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a42738ad64f3a74e344db6319f23796.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353eb4adc691b515c5743b39b06a6cab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522cd77ee60d49ced544fe0482950467.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572576</v>
+        <v>576086</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572606</v>
+        <v>576109</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572613</v>
+        <v>576116</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>29.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572620</v>
+        <v>576147</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572644</v>
+        <v>576154</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>51.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572668</v>
+        <v>576178</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572712</v>
+        <v>576185</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572729</v>
+        <v>576246</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572743</v>
+        <v>576253</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572750</v>
+        <v>576277</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572781</v>
+        <v>576284</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572804</v>
+        <v>576291</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572811</v>
+        <v>576314</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>29.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572828</v>
+        <v>576345</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>16.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572835</v>
+        <v>576390</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>16.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572842</v>
+        <v>576437</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572866</v>
+        <v>576468</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572873</v>
+        <v>576475</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>2.83</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572897</v>
+        <v>576505</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572910</v>
+        <v>576550</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>7.25</v>
+        <v>39.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>