--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,209 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 07:11</t>
-[...26 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>Lista gerada no: 31/03/2026 11:54</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR DE MALHA ECOPOWER EP-2701</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C831 - 12000MAH</t>
-[...11 lines deleted...]
-    <t>SANDUICHERA GRILL WINNINGSTAR ST-9399 - 220V</t>
+    <t>BOMBA PARA GALAO DE AGUA PROSPER P0121 - 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2131 - RECARREGAVEL - DIGITAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL PROSPER P-4401 - 3 EM 1 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8151 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F323 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F324 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5409 - HOT POT GRILL - 180� - 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
-    <t>WINNINGSTAR</t>
-[...20 lines deleted...]
-    <t>Termica</t>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80003W - BRANCO - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 110V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>BARBEADOR HYUNDAI PHT-083 - MINI - REC / 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC - HAVIT KB2008-PB - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>HAVIT</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL LUO LU-4999 - 12 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>KIT FERRAMENTAS GOOD KING NRI-20015 - 15 PCS</t>
-[...14 lines deleted...]
-    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+    <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RCA</t>
+  </si>
+  <si>
+    <t>BF FRITADEIRA AIR FRYER RCA RCAF50B - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>APARELHO GAME CONSOLE PORT�TIL R36S - 3.5"- 64G - 1G - BRANCO</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
-    <t>XO</t>
-[...38 lines deleted...]
-    <t>TOTAL</t>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>APARELHO GAME CONSOLE PORT�TIL R36S - 3.5"- 64G - 1G - PRETO</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT MARS MULTILASER-H041EUR</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed276abb8d011c4bb6ebbccb81337574.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec2e57b6f4cca6322d0e699b1eb9a62.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65434bd7ebd66662ab125f0da7fe7f26.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b8473b912c9f59c21ae671673a0294.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ebe41f5c886a7d7c0867e3c704660c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873651a32e01009e1618182d19f500a1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29837ddf97f4dd357d5d8b9607e57293.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6996f5255ddea85ba5dc780c0b3cc616.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/601c2105c60c809ad98cf34b471bb446.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c361d9b3a9c2dbf3c91c56c686eb989b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562e47db81719b1fedd04668fa0b4923.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15606efb5db642ff26f1942f151c0b0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a36ea4dc2ec3c86c7c2c47f62f4490.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9221be1becdfd0afe6d2e8ef2f4a77f9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc32136a6974ac39250694ae84a18b16.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7bd49dc3e88a3dc437ef24116e5616e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab462624540178c15fbb2e53c33103c2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a42738ad64f3a74e344db6319f23796.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353eb4adc691b515c5743b39b06a6cab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522cd77ee60d49ced544fe0482950467.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc856991cfc94deee376ba07b35186.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5e26c20bc0910ade67008c5b091c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d763d72b0ac9046d0b155901c50c2d8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2db9b2888251e12b4af50c25dff9644.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d1d880d1ae43153766b439a5c6c5963.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebdd2256dd43b15d84f30241a758f5b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec58b1296c567e7bdd8c39654c44c9d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb78aaf90883eb511c26514f3ab4b7ad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe30681416ff2742853579f4e9caf30f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9295b94c0e4dcd7c7d34fa8da8b878bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66edac2c480394d9d6f3a97051c6fedc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91f7d329ebbcf93c23001cb45b1e029.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f28edaa3b429bdf057323a0437b035.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36af3a6b55c657879d6e4e39fe1e5ba3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c977dc87f18839992bbffe1e5c1519.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c5dd147cda78face023ba26089b107.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008656536173ca31ba93cb4b3803d24c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad8d99b1c799cd1c0a74830556b0e4e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01eec9dec3a26084deeab804544ebd33.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f4cbefb070fbf518cddc348da2dbbe.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576086</v>
+        <v>578998</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576109</v>
+        <v>579025</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576116</v>
+        <v>579049</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576147</v>
+        <v>579056</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576154</v>
+        <v>579070</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576178</v>
+        <v>579087</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>6.6</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576185</v>
+        <v>579094</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576246</v>
+        <v>579100</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>28.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576253</v>
+        <v>579124</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>72.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576277</v>
+        <v>579155</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576284</v>
+        <v>579162</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576291</v>
+        <v>579193</v>
       </c>
       <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>33</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576314</v>
+        <v>579209</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>24.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576345</v>
+        <v>579216</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576390</v>
+        <v>579247</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576437</v>
+        <v>579261</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>83.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576468</v>
+        <v>579278</v>
       </c>
       <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576475</v>
+        <v>579285</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576505</v>
+        <v>579315</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>135.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576550</v>
+        <v>579339</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>39.0</v>
+        <v>49.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>