--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -14,97 +14,142 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 11:54</t>
+    <t>Lista gerada no: 31/03/2026 13:38</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - MEGASTAR FMA13</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC082 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC078 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-02A - PARA APPLE</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-010B - PARA APPLE</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2815 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2816 - DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR 7 EM 1 - ECOPOWER EP-2817 DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>NEBULIZADOR DE MALHA ECOPOWER EP-2701</t>
   </si>
   <si>
     <t>Nebulizadores</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>BOMBA PARA GALAO DE AGUA PROSPER P0121 - 20L</t>
   </si>
   <si>
     <t>Bebedouros</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>MAQUINA DE CORTAR CABELO PROSPER  P-2131 - RECARREGAVEL - DIGITAL - BIVOLT</t>
   </si>
   <si>
-    <t>Maq.Corta Cabelo/Barba</t>
-[...1 lines deleted...]
-  <si>
     <t>MAQUINA NASAL PROSPER P-4401 - 3 EM 1 - RECARREGAVEL</t>
   </si>
   <si>
     <t>Maq.Nasal</t>
   </si>
   <si>
     <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
   </si>
   <si>
     <t>Celulares Blu</t>
   </si>
   <si>
     <t>BLU</t>
   </si>
   <si>
     <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas P/Cabe�a</t>
   </si>
   <si>
     <t>LANTERNA PARA CABE�A ECOPOWER EP-8151 - RECARREGAVEL</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F323 - REC/USB/SD/BLT</t>
@@ -116,110 +161,50 @@
     <t>RADIO ECOPOWER EP-F324 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>GRILL RAF R.5409 - HOT POT GRILL - 180� - 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>KIT DE PANELAS RAF R.80003W - BRANCO - 5 PCS</t>
   </si>
   <si>
     <t>Panelas e frigideiras</t>
   </si>
   <si>
     <t>AR CONDICIONADO CLIMAX 12000BTU - 110V/60HZ - COM KIT - Q/F</t>
   </si>
   <si>
     <t>AR CONDICIONADOS</t>
   </si>
   <si>
     <t>CLIMAX</t>
-  </si>
-[...58 lines deleted...]
-    <t>MULTILASER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc856991cfc94deee376ba07b35186.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5e26c20bc0910ade67008c5b091c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d763d72b0ac9046d0b155901c50c2d8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2db9b2888251e12b4af50c25dff9644.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d1d880d1ae43153766b439a5c6c5963.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebdd2256dd43b15d84f30241a758f5b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec58b1296c567e7bdd8c39654c44c9d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb78aaf90883eb511c26514f3ab4b7ad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe30681416ff2742853579f4e9caf30f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9295b94c0e4dcd7c7d34fa8da8b878bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66edac2c480394d9d6f3a97051c6fedc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91f7d329ebbcf93c23001cb45b1e029.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f28edaa3b429bdf057323a0437b035.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36af3a6b55c657879d6e4e39fe1e5ba3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c977dc87f18839992bbffe1e5c1519.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c5dd147cda78face023ba26089b107.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008656536173ca31ba93cb4b3803d24c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad8d99b1c799cd1c0a74830556b0e4e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01eec9dec3a26084deeab804544ebd33.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f4cbefb070fbf518cddc348da2dbbe.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef1ae121de83d790c3a78476f293329.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38d3c79fa062519986949a1feda896c7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e641b94b740bfc3a4b49eab469dfae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e0ad2cc6b65af03cca61108dbdb8c8d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea754842a965f82f3f88c22569ff8181.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d95090ff8486ce5175f1510fc6a774e2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d332373bd3ab24f9b190b519400e6a8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42021f92a2fd1c68f7d1e00ddc3e12ed.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580c46ee7e978a599119d82947393d60.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3268efbffa792a3889a15fd6d34a5f91.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae63d2214dc5af14c339bd5088dc3fc0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51edb83a6289f3d00a37419f56b59209.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0816ac3d730e840ebbf0785644b56388.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671a9761ba1161918df7539b619999b3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c3830e4b784cd57a32875b855be1d4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7c9ca25b73212c311bd07056c87580.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbfa757184864b00f8ba3d4806854bc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbb875cdafc99bcc4876a25bf982ce2f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/577c8343ea70288b2e7f3bb757e14333.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3904ffed266c08b12013a63b8381a6b6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1139,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578998</v>
+        <v>578905</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579025</v>
+        <v>578912</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579049</v>
+        <v>578929</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579056</v>
+        <v>578936</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579070</v>
+        <v>578943</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>22.9</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579087</v>
+        <v>578967</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579094</v>
+        <v>578974</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>4.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579100</v>
+        <v>578981</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>23.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579124</v>
+        <v>578998</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
         <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579155</v>
+        <v>579025</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>35.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579162</v>
+        <v>579049</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>73.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579193</v>
+        <v>579056</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>305.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579209</v>
+        <v>579070</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>19.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579216</v>
+        <v>579087</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579247</v>
+        <v>579094</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>19.5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579261</v>
+        <v>579100</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>22.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579278</v>
+        <v>579124</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579285</v>
+        <v>579155</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>35.0</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579315</v>
+        <v>579162</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>35.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579339</v>
+        <v>579193</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>49.9</v>
+        <v>305.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>