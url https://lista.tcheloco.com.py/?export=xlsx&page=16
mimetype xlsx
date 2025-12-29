--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,200 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 16:18</t>
-[...5 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 29/12/2025 05:21</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 2300MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX - AA2 - 2600MAH</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>SPEAKER MUSIC HERCULES HK-30 - USB - BLUETOOTH - AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F91B - BATERIA - SD - USB - BLUETOOTH</t>
+    <t>RECEPTOR SATELITE GLOBALSAT GS240 PRO MAX WIFI 4K</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F99</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>MEDIDOR DE GLICOSE CODEFREE</t>
-[...23 lines deleted...]
-    <t>Wafflera</t>
+    <t>RADIO CAR ECOPOWER EP-610 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>TELEFONE SEM FIO PHILIPS D1301B - 6.0 - BIVOLT - 1 FONE</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>TECLADO PARA IPHONE 4</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>TELEFONE RETROFONE PARA IPHONE</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>DVD-R RIDATA 16X INKJET WHITE TUBO COM 50</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>RIDATA</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR CX-16 AM/FM 2 BANDAS</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER PROSPER MINI - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>CABO EXTENSOR USB MICROFINS - 5.0 METROS</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8828 - 220V - PRETA</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATELLITE A-40 - USB</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>OMELETEIRA MONDIAL OM-01 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>FILTRO DE LINHA SATELLITE A-R04 - PADRAO BRASIL</t>
-[...80 lines deleted...]
-    <t>PILHA RECARREGAVEL MOX AA 5000MAH / 4 PCS</t>
+    <t>SPEAKER MUSIC HY-BT SERIE - USB - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2220 - USB - CARTAO SD - FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO ELETRICO BAK - BK-540 - 110/60HZ</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>BAK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1854889e7414062a967073dda71cfc1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f25adbb56517f740d171dabbc4d7579.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b72cb0aff8921aa361c415d8dc7722a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4252c6fa79801f5b5ec547e929bc49e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c341415b25b2db3e34ad7dd966feb33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34cb3c500d23f7fa6742a5cb5c4d47a4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2206db5272bb8e059f84ba37a5cc1c11.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/739e00af4a62123fea5121536942bcad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee3816392cc78109ca9c6188e193079c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7cd20b3f8dd3c67bb26aa473657cbd6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941b12f74bba272f54963dc7bcac65bc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f0744d425a31ebd7e212cd32a910f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11f79e696daedd720891cbf538ac27d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56781202cf3db09f51b113017b321541.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f574c34247ecf2b4aacddf7cc12520d5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fba8fa960b81b9169af02aab7208acc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1537842a966b2b74db65f080913be0df.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f5ab2f5336457da85d3050a6b36c39.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018f955a51f95b19086ce67406bee388.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1bd65b61bd4f01c87b74678fb0c2533.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db5251afcfa91ecf6d3fd348f890230.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cc1c49decef95972ef6a1b633cf3e6d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cb279a9fdcb7dc6815e9d11b91eeaa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f9482d2c3857542f3d2a887af3cc13.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cad045b7ffa3a67fcc40daa9abcbf5a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b480c4b72a1d5553ec7f2c8f6fc903.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c827cac7b34992d695c1f6b9392a4968.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c88872d1a4a5fa10f4893d32688fc3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516ea58db3f3c797d21ca8d4e6420e63.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7536772e0c999bcb101414470ced03e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b4d424cb6f50a986b98fd2d53b1ef3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0b010952c9b7f4b2c86cce0823d70b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31cf8d16465d7d1d4c3b829478a0724.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b5254175f67f4c87669314a60c7b0d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260b4c9d921c4650544b2bf852e923ea.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf35129c8b9f1862a4559ba81a2b80ae.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c70c6393d74c835f315a49cd026eda.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb67a8a56a4a39c3b0f230bbe5c86428.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7341588bd01987b1e1c98f31c2cc2eea.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6deb005441c99e13820574977de6a74.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>310918</v>
+        <v>319614</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>310925</v>
+        <v>319621</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>2.05</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>311625</v>
+        <v>320078</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>14.5</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>311632</v>
+        <v>321594</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>311670</v>
+        <v>322058</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>62.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>312363</v>
+        <v>323321</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>312578</v>
+        <v>324960</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>314176</v>
+        <v>325257</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>26</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>314701</v>
+        <v>326360</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>314961</v>
+        <v>326377</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>315890</v>
+        <v>326414</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>5.5</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>317092</v>
+        <v>327633</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>18.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>317108</v>
+        <v>329545</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>12.75</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>317115</v>
+        <v>332149</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>12.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>317306</v>
+        <v>332811</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>317368</v>
+        <v>334433</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>319393</v>
+        <v>335058</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>4.7</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>319614</v>
+        <v>335126</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1.8</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>319621</v>
+        <v>336789</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>2.05</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>319652</v>
+        <v>338196</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>4.3</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>