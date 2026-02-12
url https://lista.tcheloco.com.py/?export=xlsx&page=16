--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,215 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 05:21</t>
-[...29 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>Lista gerada no: 12/02/2026 18:23</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA TARAMPS CONNECT - 300 METROS</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MEGASTAR GE230 BOWL PLASTICO / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA ELETRICA MEGA STAR - PS-1200 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-097 - 4800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-097D - 5200W - 220V</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RX-17BT - AM/FM - USB - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATELLITE A-35G - SEM FIO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO - 60 X 60</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 110V</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO COM VERMELHO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>DVR TUCANO - KIT COM 8 CAMERAS - 8 CANAIS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM LARANJA</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 220V</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-GB110 - COM BINA - PRETO 2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-601PET - 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 110V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2228 - USB - CARTAO SD - BLUETOOTH - RADIO FM</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
-  </si>
-[...109 lines deleted...]
-    <t>BAK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db5251afcfa91ecf6d3fd348f890230.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cc1c49decef95972ef6a1b633cf3e6d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cb279a9fdcb7dc6815e9d11b91eeaa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f9482d2c3857542f3d2a887af3cc13.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cad045b7ffa3a67fcc40daa9abcbf5a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b480c4b72a1d5553ec7f2c8f6fc903.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c827cac7b34992d695c1f6b9392a4968.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c88872d1a4a5fa10f4893d32688fc3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516ea58db3f3c797d21ca8d4e6420e63.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7536772e0c999bcb101414470ced03e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b4d424cb6f50a986b98fd2d53b1ef3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0b010952c9b7f4b2c86cce0823d70b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31cf8d16465d7d1d4c3b829478a0724.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b5254175f67f4c87669314a60c7b0d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260b4c9d921c4650544b2bf852e923ea.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf35129c8b9f1862a4559ba81a2b80ae.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c70c6393d74c835f315a49cd026eda.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb67a8a56a4a39c3b0f230bbe5c86428.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7341588bd01987b1e1c98f31c2cc2eea.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6deb005441c99e13820574977de6a74.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f705e717fbddc4faa0341e08b69c25.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa68e196cec09c5a4ca0b72f5d6b5d4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26c2e63936b7947f270724d85446ddb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21fe201e9b8534924ffea9a7e7ef8cd8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0473d7a903817d913477e1868dea7d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b6bc8f4195c20be3129727f715be5d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/136e0e867a867c98b74d791761148c34.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8229fb015f3a5b3077c1dc7a501040ab.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a72e1fd160ede42fc33110deb47eab93.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f3ae210856c3665325e06bbd209921.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38c8dfa34053f258d41d9b8c83faca0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd109223c45c3ba2981fb245dd9b11b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2e043c6e03db63159850b49f8a86dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24b088a5b32384fc2ab61c7995e654c5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8fb98592f3b5e8b7c50f7053999f1e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1670a32dc9747dbcf46e774c859cb5e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfbfd7ba9d6c10c5a498027c939273a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbe5720ce0c1810325a135ff2208e9a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e28afb92f0f8750f713b769b567619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c021fed4f5da1bb2021be1189e58e384.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>319614</v>
+        <v>338783</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.8</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>319621</v>
+        <v>340472</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.05</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>320078</v>
+        <v>341486</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.1</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>321594</v>
+        <v>343121</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>322058</v>
+        <v>343138</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>57.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>323321</v>
+        <v>343602</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>324960</v>
+        <v>346320</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>325257</v>
+        <v>346405</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>26.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>326360</v>
+        <v>346474</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>12.6</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>326377</v>
+        <v>346498</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>49.6</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>326414</v>
+        <v>346504</v>
       </c>
       <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>10.6</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>327633</v>
+        <v>346511</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>329545</v>
+        <v>346535</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E14" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>8.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>332149</v>
+        <v>350969</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>332811</v>
+        <v>352390</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>334433</v>
+        <v>352437</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>2.8</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>335058</v>
+        <v>352444</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>335126</v>
+        <v>352451</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>7.6</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>336789</v>
+        <v>352468</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>338196</v>
+        <v>352703</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>