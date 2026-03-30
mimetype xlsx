--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,194 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 18:23</t>
+    <t>Lista gerada no: 30/03/2026 19:57</t>
+  </si>
+  <si>
+    <t>CABO EXTENSOR USB MICROFINS - 5.0 METROS</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8828 - 220V - PRETA</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATELLITE A-40 - USB</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER MUSIC HY-BT SERIE - USB - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2220 - USB - CARTAO SD - FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ADAPTADOR HDMI SWITCH 3 EM 1 - SATELITE A-HD05</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR WAHL - 97788-100 - 2XAAA - F-Q</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA FREE INOX FR-K120 / 2L / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>FREE</t>
   </si>
   <si>
     <t>CONTROLE LONGA DISTANCIA TARAMPS CONNECT - 300 METROS</t>
   </si>
   <si>
     <t>Controles Longa Distancia</t>
   </si>
   <si>
     <t>TARAMPS</t>
   </si>
   <si>
     <t>BATEDEIRA MEGASTAR GE230 BOWL PLASTICO / 220V</t>
   </si>
   <si>
     <t>Batedeiras</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
+    <t>BATERIA +312 POWER  PR312 C/06P (AP SURDEZ)</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>POWER ONE</t>
   </si>
   <si>
     <t>PIPOQUEIRA ELETRICA MEGA STAR - PS-1200 - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-097 - 4800W - 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-097D - 5200W - 220V</t>
   </si>
   <si>
-    <t>RADIO MEGASTAR RX-17BT - AM/FM - USB - BLUETOOTH</t>
-[...4 lines deleted...]
-  <si>
     <t>PC MOUSE SATELLITE A-35G - SEM FIO</t>
   </si>
   <si>
-    <t>Mouse</t>
-[...4 lines deleted...]
-  <si>
     <t>BINOCULO TUCANO - 60 X 60</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-9090 / 8600W / 110V</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO COM VERMELHO</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>DVR TUCANO - KIT COM 8 CAMERAS - 8 CANAIS</t>
   </si>
   <si>
     <t>Kit DVR</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM LARANJA</t>
-  </si>
-[...43 lines deleted...]
-    <t>ECOPOWER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f705e717fbddc4faa0341e08b69c25.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa68e196cec09c5a4ca0b72f5d6b5d4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26c2e63936b7947f270724d85446ddb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21fe201e9b8534924ffea9a7e7ef8cd8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0473d7a903817d913477e1868dea7d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b6bc8f4195c20be3129727f715be5d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/136e0e867a867c98b74d791761148c34.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8229fb015f3a5b3077c1dc7a501040ab.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a72e1fd160ede42fc33110deb47eab93.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f3ae210856c3665325e06bbd209921.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38c8dfa34053f258d41d9b8c83faca0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd109223c45c3ba2981fb245dd9b11b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2e043c6e03db63159850b49f8a86dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24b088a5b32384fc2ab61c7995e654c5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8fb98592f3b5e8b7c50f7053999f1e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1670a32dc9747dbcf46e774c859cb5e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfbfd7ba9d6c10c5a498027c939273a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbe5720ce0c1810325a135ff2208e9a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e28afb92f0f8750f713b769b567619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c021fed4f5da1bb2021be1189e58e384.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e3b3792f9e0e457e229470f947aea1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc0fb936689354885a2ac458368e13a5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593bfed2bbe0b071b3741c9b0bc75daa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92fd2e404e80bdd53940c3dc0ce515b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeaa37386e84fdcb8af16f2142cb4863.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e375ee04dafd80d866ec317eae84692.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3b8d8f90f6aee75a24bd9c38138fcd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635362207666d1973b26aa9bc7a12a19.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62bcc1f32e06dfa598a62a5ce49dad13.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a4bd5180791242a21f69b85ac6998a0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6114d2d502299e72b0a469ea5251e75.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617a46a3f6a535159180649039230b1c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aebecab3ec67e96fde0c06903839bfae.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacac85d69908ea0126a2c87bcc0aba3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7919f4749199b067ef42ffc89a408632.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172df327f49820685ea50b45b4de0b46.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237ab302516875e2a908149034e60d90.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0fa9c7d87a21f1a03e42b64110167a9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/211e881a424fccbcfd06526e645e5b0f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f155d0c3155c73fe472cbe5e338331.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>338783</v>
+        <v>332149</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>340472</v>
+        <v>332811</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>341486</v>
+        <v>334433</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>343121</v>
+        <v>335126</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>19.0</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>343138</v>
+        <v>336789</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>343602</v>
+        <v>337663</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>346320</v>
+        <v>338523</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>346405</v>
+        <v>338745</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>346474</v>
+        <v>338783</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>346498</v>
+        <v>340472</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>346504</v>
+        <v>341349</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>136.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>346511</v>
+        <v>341486</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>18.9</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>346535</v>
+        <v>343121</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="F14" s="3">
         <v>19.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>350969</v>
+        <v>343138</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>352390</v>
+        <v>346320</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>6.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>352437</v>
+        <v>346405</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>352444</v>
+        <v>346474</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
         <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>352451</v>
+        <v>346498</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>352468</v>
+        <v>346504</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>352703</v>
+        <v>346511</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>27.0</v>
+        <v>18.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>