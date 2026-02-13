--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,188 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 22:37</t>
-[...2 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO 5 EM 1 ECOPOWER EP-2808 - RECARREGAVEL</t>
+    <t>Lista gerada no: 13/02/2026 07:27</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-09M - 110V</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...41 lines deleted...]
-    <t>Celulares Xiaomi</t>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-XPG300W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-XPG400W - BIVOLT</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-YY100W - PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-BJ100W - PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-YY200W - PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL203 - 20CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL402 - 40CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL403 - 40CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL602 - 60CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL603 - 60CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>COPO VIDRO DUPLO 80ML NESPRESSO - 1 UNID</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-1208 - 12'' - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-801 - 8" - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 20" LUO LU-A86</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A91</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A94</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-1209 - 12'' - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 - MARSKE RF-3028A - BIVOLT</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
   </si>
   <si>
     <t>XIAOMI</t>
-  </si>
-[...61 lines deleted...]
-    <t>RADIO ECOPOWER EP-F314  REC / USB / SD / BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabba0353cf686b13ca73c3dc5b55d9d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb0ea4a527479595f5dee5e728669ba.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf54792b3858f61181fcf74d44895bd9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101fc6921466e43d75120827f8cb673c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bf74eada9f5091dea11779aee0ee132.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/102efa58671a6844f031f90caf15a685.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0691eac4aa018fb5a7978248f10ff8b0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44d9031dcfc02d6c012c66effe7eb7ec.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81341bfdb933f62cb51235c4de44116e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762aa713efe16832e9da8fc8a92d23fa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38cc95ecb8dbe1ae9b7c3167d0cfb38.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f79f69299ae88046bdeff12231cea0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df729ef477c48b86f0de911d56db98dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76cb7c4328a207714c8da649bc651049.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e66db51d9e824e8a58f2a7166f0b5046.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9f90a476890923fa2934eff4a81ec2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486b64ea2a1ec9817435a7b76a2c0664.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe44cd553ec6fbdcfe945fcc6945234a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ed655e8c46b334545d9afdcb4d72416.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07007ad9f898d9615fff97290eaacab.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/959fb37bf70e6a81a181911bc93dc0ee.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc138cf5e08dc83b88812a72c84d7e35.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e687907ea37764e5e2272fbf31c34e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6409538a53f55b7ac45083d16f6789f1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a17a53e0a96ebd500ea2729911cdab.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63870a754486e4999d98b1bfb1864807.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0656a1d0f03db6aa3f5f23a8393e8d5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc26bd59fca23bdafba2704b8aa39773.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/892558c1ae51698f2838a8fb628b38ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03541b4796eea3d5b018fa78bd6484b2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed19f7eb1cf75021886ef39417f8b01.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f71a4ac03f68a488a7b0e96364ac625.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e169ba8a0a2ce56a6fe84ef30203ad7f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1210fc96252caea438677ffa019cf0d0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d80361450220cac8d2ffa394ec7c05.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99b72783abd1866b0bb0dcfcf255e055.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafc18c2c771a612f868e1bf4f791100.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd56e5a6867db5266aa494526944f026.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0bfccf71246a4cd4c6706d7cd735f9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b8c8715ac09163d42fda35525557d9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572156</v>
+        <v>575775</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572170</v>
+        <v>575812</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>40.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572187</v>
+        <v>575829</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572194</v>
+        <v>575836</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>42.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572200</v>
+        <v>575843</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>21.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572248</v>
+        <v>575867</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572255</v>
+        <v>575911</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>27.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572262</v>
+        <v>575935</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>116.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572279</v>
+        <v>575942</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>104.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572330</v>
+        <v>575959</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572378</v>
+        <v>575966</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>24.9</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572385</v>
+        <v>575973</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572408</v>
+        <v>575980</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572446</v>
+        <v>575997</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>68.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572514</v>
+        <v>576000</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>52.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572521</v>
+        <v>576017</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572538</v>
+        <v>576024</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572545</v>
+        <v>576031</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572552</v>
+        <v>576062</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572569</v>
+        <v>576079</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
+        <v>40</v>
+      </c>
+      <c r="E21" t="s">
         <v>41</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>38.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>