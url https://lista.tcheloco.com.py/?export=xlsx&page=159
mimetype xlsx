--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,176 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 07:27</t>
-[...35 lines deleted...]
-    <t>Luminarias D/Emergencia</t>
+    <t>Lista gerada no: 31/03/2026 13:36</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14N - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14R - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SA22415 - 30CM</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>PANQUEQUEIRA RAF R.5209 - 20CM - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR COM SPEAKER - EWTTO ET-P1480</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>EWTTO</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED BAK BK-55G 4K/DGT/GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8695 / 4MP+4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA TUCANO GUN TC-697 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS RAF R.0073 - 220V</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR RAF R.936 - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VASO MAGNETICO FLUTUANTE SATE A-F30</t>
+  </si>
+  <si>
+    <t>Diversos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LUMINARIA COM SENSOR SATE A-FL402 - 40CM - RECARREGAVEL</t>
-[...62 lines deleted...]
-    <t>XIAOMI</t>
+    <t>MOUSE PARA PC SATE A-502 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>BATEDEIRA SONIFER SF-7037 - 3.5L - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL SONIFER SF-7002 - 220V</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6074 - 1500W - 220V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1805 - BLT/FM/TWS</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA BOLA DE CRISTAL 6CM - 18407</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA BICICLETA - HY025 - 19580 - DIANTEI/TRASEIRA</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 3210 4G - DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR XO-C151 METAL/360�/MESA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>XO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -206,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/959fb37bf70e6a81a181911bc93dc0ee.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc138cf5e08dc83b88812a72c84d7e35.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e687907ea37764e5e2272fbf31c34e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6409538a53f55b7ac45083d16f6789f1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a17a53e0a96ebd500ea2729911cdab.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63870a754486e4999d98b1bfb1864807.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0656a1d0f03db6aa3f5f23a8393e8d5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc26bd59fca23bdafba2704b8aa39773.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/892558c1ae51698f2838a8fb628b38ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03541b4796eea3d5b018fa78bd6484b2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed19f7eb1cf75021886ef39417f8b01.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f71a4ac03f68a488a7b0e96364ac625.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e169ba8a0a2ce56a6fe84ef30203ad7f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1210fc96252caea438677ffa019cf0d0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d80361450220cac8d2ffa394ec7c05.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99b72783abd1866b0bb0dcfcf255e055.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafc18c2c771a612f868e1bf4f791100.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd56e5a6867db5266aa494526944f026.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0bfccf71246a4cd4c6706d7cd735f9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b8c8715ac09163d42fda35525557d9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22cee20479df722d63eba59931714e3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f694a6669f17201e9b72d30b0e24b9f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f514fe22b887b26d12ab2041bf7c7fb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d76a47ca79ffe9783bea48b29f70d4e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4de0d2fa65f543973bbc37be4e201e7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f7b8549e7a5fba58be283214ce858d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b75b6b72e9f56c7a9a15510bfea015a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52346b6f5ed6d8a907126251d079efa4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c289cc3de7dbf2b966902b417c93017b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f2636267c7e4823d29f51bf2f26b267.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df55bbbae031aea2ebe128641785cd00.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f916b0ed583e7da856cf6197ca18d283.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f511ad0a1ad1b8375e1e0cd647b4bd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef411b26ff58e5e406fb799f9ff2821.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ad0d13c057338da243475e8bd3c516.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3782475e1eed1b58dea83d013ebc5549.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7adc89bf119122de8ff5863e39760ef.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b1b3eedddeb18d33688b82ed4ff71d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163f99b1aa622d3c839048253fb69146.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba80223ac195b10b47776019bc8877be.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1117,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575775</v>
+        <v>578486</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575812</v>
+        <v>578493</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575829</v>
+        <v>578530</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>19.75</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575836</v>
+        <v>578554</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575843</v>
+        <v>578578</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>18.75</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575867</v>
+        <v>578592</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575911</v>
+        <v>578615</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575935</v>
+        <v>578639</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>4.9</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575942</v>
+        <v>578653</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>4.9</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575959</v>
+        <v>578660</v>
       </c>
       <c r="C11" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>5.9</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575966</v>
+        <v>578707</v>
       </c>
       <c r="C12" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>5.9</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575973</v>
+        <v>578721</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>1.2</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575980</v>
+        <v>578745</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575997</v>
+        <v>578752</v>
       </c>
       <c r="C15" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>16.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576000</v>
+        <v>578769</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576017</v>
+        <v>578776</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576024</v>
+        <v>578790</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576031</v>
+        <v>578806</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>35.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576062</v>
+        <v>578875</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576079</v>
+        <v>578882</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>38.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>