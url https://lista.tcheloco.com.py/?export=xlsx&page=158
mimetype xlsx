--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,191 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 23:47</t>
-[...5 lines deleted...]
-    <t>Luminarias D/Emergencia</t>
+    <t>Lista gerada no: 13/02/2026 08:37</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL SUNLIGHT 13265 / REC / BIVOLT</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS CHAVE (L) FONTOR 171019 - 9 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BOLHA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-340 BARBEADOR SHAVER MINI / LCD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR PET 3 EM 1 - VGR V-219</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-117 BARBA/CABELO 6 EM 1 / LCD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 20CM  - SEM CAPA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-995 TIGRE / BLT / LED / AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-994 - BLT - LED - PEIXE/AZUL</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E125 / WIFI / 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>WAFFLERA SONIFER SF-6057 - 900W - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL95 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LUMINARIA DE EMERGENCIA SATE A-EL8860 - 60 LED</t>
-[...107 lines deleted...]
-    <t>Depiladores</t>
+    <t>LANTERNA SATE A-FL93 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ECOPOWER EP-3098 - 50L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60032 - 11L - 220V</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-87 - RGB - 4  BOTOES</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM10 - RGB - 8 BOTOES</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM09 - RGB - 7 BOTOES</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-10-BI - BIVOLT</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4930a2d128e9640d4f4c9408fad3952c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c0e9e643af5429575a59597db267a6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9661c21d2148eef441925402be0f543e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e8926ec2f8d0669b5a1972ee3adfac.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c6d8caf38194aabb3d2c11139da360e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/075071dde25a8b772985ebe08efdcf87.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644508a8ceefb48eb4dc8e117099ff2d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e931200e439981d8ffbaa6fa4218cea.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737f27d4788eb4979e1692efd3c57cf5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4761ddd91fe786c31446762f128a1ffe.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5337d1e4dc89b1fa111cdae6520789f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd31823be8b8d31271c3c7e25a0643e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceba973b30852b89ff518e19bc6d2760.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b13398c2c35f81a9f36c19e59180f48.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73899a3480cbab3cdef22b99e8e9e1f4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5b2b2566ad90559873a0db856527c4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b4aacec3776dd1deccc6a71f0bc7b1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0e2f19ed29ac8edfd77059c979ffc1c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361ceeb40d1c1edcc9db920b283cc7eb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c01a4951683b9b972ddb724717ae8bd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e7443693d41f20e5d547922b06282.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b149d10345bce14478c84e091b16ee.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67cab6fb56ff2aa0990d7694c14f27c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f340ad1d26da7378e72b607e90b12c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405bddc08528d45339b1a4c145b2810d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcbfa2fd21d03a60019b25b2db8195f9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13ec3fa5677e2dccdda7d970813eda5b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631ba000c5d74d6d8cae62071ae2017b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0009ba0ccf5bc154f49c56ea0f1e7f7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb30a03e26e3c1189a53bfdcc91bbea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fad89c3219940f82765caeff25a81a7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab5bc1cc0a778cb1b458ea7e5198807.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da2008579490bdc3f729aa8bb203b2e0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55351320c37a5c85c2a7d815b129db64.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5716c50487ba94683ea3877373718cf7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ec68db422fa44da5f15c647488e000.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c002270afa2bd0982108bfba896d48b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c66a1414ce08ff6e26a7f1e49987d3a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e612b5641d09f54bd70227619ccb71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4c6307e60cb1cf5e5ec86ab9870443.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1134,415 +1143,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571784</v>
+        <v>575317</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.75</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571791</v>
+        <v>575355</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.75</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571807</v>
+        <v>575362</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571814</v>
+        <v>575379</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571821</v>
+        <v>575409</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571838</v>
+        <v>575423</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>7.75</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571845</v>
+        <v>575430</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>45.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571852</v>
+        <v>575454</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>72.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571876</v>
+        <v>575461</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>85.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571883</v>
+        <v>575478</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.25</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571968</v>
+        <v>575515</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>31.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571982</v>
+        <v>575546</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572002</v>
+        <v>575638</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572026</v>
+        <v>575645</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>28.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572033</v>
+        <v>575669</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>3.25</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572064</v>
+        <v>575690</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>69.75</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572088</v>
+        <v>575706</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>62.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572101</v>
+        <v>575720</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572118</v>
+        <v>575744</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F20" s="3">
-        <v>75.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572125</v>
+        <v>575751</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>