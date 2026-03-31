--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,200 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 08:37</t>
-[...5 lines deleted...]
-    <t>Massageadores</t>
+    <t>Lista gerada no: 31/03/2026 13:39</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE HYE HYEC79 - 65W - USB/USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE EU02L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121C / FONTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.5423 - ESPETO GIRATORIO - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA DAYS DYD-4000 - 5.1CH</t>
+  </si>
+  <si>
+    <t>CD / DVD</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>REPRODUTOR PORT�TIL DVD HYUNDAI HY-9921 - USB/SD/7"/ BIVOLT</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SPO-8681 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA INOVA LED-610 - 60 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>BASTAO DE SELFIE INOVA SP-414 - BLT</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MANUAL - MEAT MINCER 13290</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>KIT FERRAMENTAS CHAVE (L) FONTOR 171019 - 9 PCS</t>
-[...74 lines deleted...]
-    <t>LANTERNA SATE A-FL95 - LED - 30W - RECARREGAVEL</t>
+    <t>LANTERNA ECOPOWER EP-8306 - RECARREGAVEL - 1 LED - BIVOLT</t>
   </si>
   <si>
     <t>Lanternas</t>
   </si>
   <si>
-    <t>SATE</t>
-[...10 lines deleted...]
-  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60032 - 11L - 220V</t>
-[...20 lines deleted...]
-    <t>MONDIAL</t>
+    <t>LANTERNA ECOPOWER EP-8316 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8331 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8332 - RECARREGAVEL - 1 LED - SOLAR - BIVOLT</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2744</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2745</t>
+  </si>
+  <si>
+    <t>VENTILADOR FS-40 COLUNA - 3 VEL - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e7443693d41f20e5d547922b06282.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b149d10345bce14478c84e091b16ee.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67cab6fb56ff2aa0990d7694c14f27c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f340ad1d26da7378e72b607e90b12c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405bddc08528d45339b1a4c145b2810d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcbfa2fd21d03a60019b25b2db8195f9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13ec3fa5677e2dccdda7d970813eda5b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631ba000c5d74d6d8cae62071ae2017b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0009ba0ccf5bc154f49c56ea0f1e7f7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb30a03e26e3c1189a53bfdcc91bbea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fad89c3219940f82765caeff25a81a7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab5bc1cc0a778cb1b458ea7e5198807.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da2008579490bdc3f729aa8bb203b2e0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55351320c37a5c85c2a7d815b129db64.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5716c50487ba94683ea3877373718cf7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ec68db422fa44da5f15c647488e000.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c002270afa2bd0982108bfba896d48b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c66a1414ce08ff6e26a7f1e49987d3a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e612b5641d09f54bd70227619ccb71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4c6307e60cb1cf5e5ec86ab9870443.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7aaacde2bd037df3d64dfcd1a26402.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e42ade2389b0814295a5a526740076a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72594eecdff18200cdb037d112aa83f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d98f84fcffb2ce6eecb7a433184c36ff.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3ded35e51984f98f6f7b328b0868be6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c90ce3040b467fe0ca6ca8a8d04b3d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/424c955a135411ea248351dbbfe4a57c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2e218b6b1588a77bb799d291005ade.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feab3f8244c90b9ce59ab55734af22f1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9504282907f6118bd63b0cfe5374a453.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2076bf744efa987e282ddafddc94185c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c9bfa6922e85f5887bd24a05ee52ec.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8aa5191d41e7dac96b2ea0d8dd042f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f214fe25342d77ba8dd20fb2f53b88.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba03d51f50eaeec57eb39c6777df368d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9221c4a173c5b755d9abc0b3c33bc813.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419715ec9a5a5cef3247319167075cb2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0362e8e539a0c2acc2ce25d9ac3f9d52.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ebc18a09e7a172e4ee99f19a869bbd8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d119f4fec562a0eaa192a0b98761ae7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575317</v>
+        <v>578196</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575355</v>
+        <v>578202</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575362</v>
+        <v>578219</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>3.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575379</v>
+        <v>578226</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>0.01</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575409</v>
+        <v>578233</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>24.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575423</v>
+        <v>578240</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575430</v>
+        <v>578257</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>29.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575454</v>
+        <v>578264</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575461</v>
+        <v>578288</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575478</v>
+        <v>578301</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575515</v>
+        <v>578318</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>21.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575546</v>
+        <v>578325</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575638</v>
+        <v>578349</v>
       </c>
       <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575645</v>
+        <v>578394</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575669</v>
+        <v>578400</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>88.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575690</v>
+        <v>578417</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>67.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575706</v>
+        <v>578424</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575720</v>
+        <v>578431</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575744</v>
+        <v>578448</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575751</v>
+        <v>578479</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" t="s">
         <v>24</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>