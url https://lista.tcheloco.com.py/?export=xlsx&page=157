--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,212 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 00:35</t>
-[...5 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 13/02/2026 08:46</t>
+  </si>
+  <si>
+    <t>MEGA GRILL ELECTROBRAS EBGR-50 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>BACIA COM TAMPA 28CM X 12.5CM - OM21508</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BALAN�A ANALOGICA DE COZINHA OM-7599 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
-    <t>LIXADEIRA A BATERIA  TOTAL TFSLI20311 REC / 220V</t>
+    <t>ABAJUR DOBRAVEL GRANDE SUNLIGHT 13236 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO GREE  9000BTU - 220V/50HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>GREE</t>
+  </si>
+  <si>
+    <t>MARMITA ELETRICA 1.5L - 40W - 220V</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MONDIAL F-32 - AZUL - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CAFE ELECTROBRAS EBMC-200 - 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3204 - 600W - 1.8L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3205 - 600W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3206 - 600W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA MOX MO-SM752 - 750W - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOX MO-LC58 - 1.5L - VIDRO - 450W - 220V</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C817 - 22000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - GIRATORIO - 32"/55" - MEGASTAR ST603</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - FIXO - 26"/63" - MEGASTAR ST602</t>
+  </si>
+  <si>
+    <t>BARBEADOR DALING DL-9273 / RECARREGAVEL / 3 LAMINAS / BIVOLT</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL SUNLIGHT 13265 / REC / BIVOLT</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS CHAVE (L) FONTOR 171019 - 9 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>TOTAL</t>
-[...122 lines deleted...]
-    <t>SATE</t>
+    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/127dd6f318e7e66fed149d247303f23b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d81d273789f546775a34291c13be427.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a080157112d7de4d377a660df5932804.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa3636bbfb68958697c6566896a39ba2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793fc58aa293b9993eca9f4a4d10f3b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927f49fd36ace837dd4fb87aaae58640.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d836fa1ef102300a27a682dd8e9fe2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216cb224519fb5da450d272735f37c5a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/768bc39e55cb8a1f8ee76e8fb25a9130.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89044cbc7bd854f57c0b6371310e8120.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca78370fbe96c00e01c0487374bc568.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ba87fb5c53d0e371ebc64ea649f2c9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cf28c5434a7e996dcaa029b2d5bea5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c778a0044b0c004fdf389535f95b74.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2d48784096b1eec37d85d3ed2004925.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d6225b50cffc7d48e0f5abde684f4d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a773489c2a358dc519ca6322e6cf8739.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22c8967052343dc52974bf2c06492f55.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6265784b5c91fa83a47ce2d3f57a9844.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c13b5f22c7f6a7f3b90d147e11532609.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8228e3cebbcdd135a3cf563399266238.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8531125a653d3b1084e6b363fdfd30d7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48b0cf9fa5093a39f13c863c2aa4733.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe1754ab0b90e1c50ce6cae8a383353.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34541d8e3dae7b23ef002764de20d981.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41acdf37c7f6bf5fd1aa36dd6b9addd1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e5fd03920dcb29a480f29a1b93d908c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657707ba0fb4b1e2efcb1bb7ac7953fe.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf55b2c80947bd251f2ee8a4322ea202.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfae8ae32f7615379f5ab73b0f08b2ba.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d3a462c4b770a760a34cfabb08d3ab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f1a2eeb54a37e4187f07932c8e4f69b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb50bca51f214494e4bfa7172c58dfee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4010c80bf524b2d6311d9189c354b294.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9113496eae637a6aa391ec0b2958ad89.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1cc60d086016f9a53653e2909aab450.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bb7abd9aef54e0ea1e7fa058b9aefa.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b3434655eda7797504f244e365836d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa3e3c05c90c3f54183e47b0aa97622.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ed2ef72933d9a593fa27184de9b85f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571517</v>
+        <v>574914</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571524</v>
+        <v>574938</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>62.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571555</v>
+        <v>574952</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>76.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571562</v>
+        <v>574976</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571586</v>
+        <v>575034</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571593</v>
+        <v>575041</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571609</v>
+        <v>575065</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>27.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571623</v>
+        <v>575072</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>45.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571630</v>
+        <v>575157</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571647</v>
+        <v>575164</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571654</v>
+        <v>575171</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571678</v>
+        <v>575188</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571685</v>
+        <v>575195</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>30.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571692</v>
+        <v>575249</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>45.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571708</v>
+        <v>575263</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571715</v>
+        <v>575270</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571722</v>
+        <v>575300</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571746</v>
+        <v>575317</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571753</v>
+        <v>575355</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>195.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571777</v>
+        <v>575362</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>