--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,200 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 08:46</t>
-[...14 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>Lista gerada no: 31/03/2026 15:17</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO MEGASTAR MIC2208</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA MOTO MEGASTAR SPK01 - BLT/USB/FM - 12V</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO LED-3W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-498 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-492 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8747 / BT / USB / 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>BALAN�A ANALOGICA DE COZINHA OM-7599 - 5KG</t>
-[...107 lines deleted...]
-    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE EU02C / FUENTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYE165UL / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>MUMULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8228e3cebbcdd135a3cf563399266238.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8531125a653d3b1084e6b363fdfd30d7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48b0cf9fa5093a39f13c863c2aa4733.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe1754ab0b90e1c50ce6cae8a383353.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34541d8e3dae7b23ef002764de20d981.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41acdf37c7f6bf5fd1aa36dd6b9addd1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e5fd03920dcb29a480f29a1b93d908c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657707ba0fb4b1e2efcb1bb7ac7953fe.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf55b2c80947bd251f2ee8a4322ea202.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfae8ae32f7615379f5ab73b0f08b2ba.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d3a462c4b770a760a34cfabb08d3ab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f1a2eeb54a37e4187f07932c8e4f69b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb50bca51f214494e4bfa7172c58dfee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4010c80bf524b2d6311d9189c354b294.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9113496eae637a6aa391ec0b2958ad89.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1cc60d086016f9a53653e2909aab450.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bb7abd9aef54e0ea1e7fa058b9aefa.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b3434655eda7797504f244e365836d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa3e3c05c90c3f54183e47b0aa97622.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ed2ef72933d9a593fa27184de9b85f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5217a349c1cb65440363118afcc94e98.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c92754c0da2d13970daaa720999c3d1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0004d171b730fcb5a6fb4feb62952bd5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782ac522ece607979b535e2053975d42.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a2325f66422799da6c45e93975573e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0e0931a9cff87f4e6af36ccc9ea29e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acfc703f7f019c35ec5606f852f7510e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12a8c1e600e838ae61cf3f4de25c3079.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a44af94a142a014f04327044f85191b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e632411c6105d7d9a917d6fe9c40222.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36db654142562262ceb23c1f5e77c9b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89daf15bdb0b4922c388847001528a6a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b93a8a862641fdccf88a55e9e7ab36a2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19e8264ec84fd71f4b53f012edf2586b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f382be27aba3c040602ff883431786.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc87e5537714e044bee312bc34cd01dd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0115612b850a5263d3ed82061a406f9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e47a63ec2aa231459f4923d8b87bf70.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a50944705df2576c53fb8b160815385.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89cc4e3a657af3bca7a6fb19996ab8d4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574914</v>
+        <v>577618</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>32.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574938</v>
+        <v>577625</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574952</v>
+        <v>577632</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>4.75</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574976</v>
+        <v>577656</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>10.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575034</v>
+        <v>577663</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>335.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575041</v>
+        <v>577700</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>8.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575065</v>
+        <v>577717</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575072</v>
+        <v>577724</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575157</v>
+        <v>577731</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575164</v>
+        <v>577762</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>35.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575171</v>
+        <v>577779</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>36.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575188</v>
+        <v>577816</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>51.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575195</v>
+        <v>577823</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>18.75</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575249</v>
+        <v>577861</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575263</v>
+        <v>577885</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575270</v>
+        <v>578004</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575300</v>
+        <v>578059</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575317</v>
+        <v>578066</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>13.5</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575355</v>
+        <v>578073</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575362</v>
+        <v>578080</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>43.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>