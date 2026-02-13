--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,194 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 01:41</t>
-[...5 lines deleted...]
-    <t>Multiprocessadores</t>
+    <t>Lista gerada no: 13/02/2026 10:04</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-6997 / BT / SD / USB / 10"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1802</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H170 / BLUETOOTH / ARCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>MIXER SONIFER SF-8158 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>SONIFER</t>
   </si>
   <si>
-    <t>SPINNER VOADOR PTW CY-168</t>
-[...2 lines deleted...]
-    <t>Infantil</t>
+    <t>PILHA ALKALINA WADFOW AA X4</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA WADFOW AAA X4</t>
+  </si>
+  <si>
+    <t>FERRO DE VIAGEM A VAPOR ONIDA ON-996 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 10201 / FM / MIC / USB / TF / BT</t>
+  </si>
+  <si>
+    <t>JBK</t>
+  </si>
+  <si>
+    <t>VIDEO PORTEIRO ECOPOWER EP-C037 - 4.3"</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
+  </si>
+  <si>
+    <t>SORVETEIRA RAF R.0901R - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SORVETEIRA RAF R.0901Y - 220V</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5425 CHEESE GRILL MACH - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA ECOPOWER EP-8520 - 46 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA ECOPOWER EP-8520 - 96 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR MULTILASER EB024EUR - 3 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MULTILASER EB056EUR - 220V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO XIAOMI S200 BHR9230GL - BRANCO</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI A22I / 21.5" / FHD / VGA / HDMI</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>MEGA GRILL ELECTROBRAS EBGR-50 - 220V</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>BACIA COM TAMPA 28CM X 12.5CM - OM21508</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
-  </si>
-[...103 lines deleted...]
-    <t>OM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb485304d1e8731f184ee77adc4f894d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2545d9dd48d58564d101aca624e5cd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94785a2abee99dfd25365ab4cdea80ae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f56f157d8c9aeca97023b8c15b25822.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf72d94942226fadba177fa58eb0745.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7496678e6f08cb27ea3188e0d8f21237.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/218dfd5f83d7ea16ac5c10a9300272df.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a1b85b7dd4fd088df3e1478d72fe1c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941f3fb1dfe8634e2c33b3c5905cb836.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0a5f3751439ffefd71ebd23b076712.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed58885b8185dd23bde5079b06b8ff9a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c28c6a8c0d7de4631aefdc7a148ecbb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7155ea1d508bb8d1ec9da83a20893d7f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c235d48820bdc32973ecaf944a190b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ca2e8eec75b1af28b50af581b84375.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895bbcca4b4655a9a9fcc0ba018a55ea.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc986fff0d27b752b684e81688ccb595.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33de96f8e54475d11d030ebab62dfc07.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e133f4b401430248026202c8bc4931.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9fb1391355906fa78a3f7bfdbe5e8dd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb7a91d5d373cf4d3e107597ba528097.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96cc62e2558ea1180b2e7b7d98bd46b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b5df72e0ed2b0f6926bba53be0c9e58.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5ca9f22650ba9fd395985e04e1018b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0288f9ed691e1dffe8ab7c699124179e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2247dd05f572073ee245773a7b33bb2b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46669eb415930cc8342ccfa6b72212db.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cda30ec249d57845b1688c28a130f0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6397945c31663f321e3ba40242dce3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100f6ac13c747ffa2034476464689156.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2eb8e46703a916004c7138b70abdf9e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644e0dc9c7c8f529d211e93f98c4094e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a66e542b3699a1ab0f56ef62ed3fe090.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12212235fa42f6041237dade1159f9d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc039ce94576daf6627f43b449643cad.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/560aea7c9d7b9b13c44be792c98f4d57.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b03f6de55ed40c9c44bb424140865d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39d41a2eb27bdabecbca79e123e58a56.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b74fa50596279521169fee93e3533c6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e07c501a6bb21668964330ff38cac9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1137,415 +1149,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571104</v>
+        <v>574488</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571128</v>
+        <v>574501</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571142</v>
+        <v>574549</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>238.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571159</v>
+        <v>574631</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>68.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571173</v>
+        <v>574648</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>34.0</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571180</v>
+        <v>574655</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571197</v>
+        <v>574679</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571203</v>
+        <v>574686</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>3.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571210</v>
+        <v>574709</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571319</v>
+        <v>574754</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571326</v>
+        <v>574761</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571333</v>
+        <v>574778</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
         <v>30</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571371</v>
+        <v>574792</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>55.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571395</v>
+        <v>574808</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
         <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>4.2</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571401</v>
+        <v>574846</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571418</v>
+        <v>574853</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571449</v>
+        <v>574884</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>45.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571463</v>
+        <v>574907</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571470</v>
+        <v>574914</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571494</v>
+        <v>574938</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>