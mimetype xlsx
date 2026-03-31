--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,206 +14,230 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 10:04</t>
-[...5 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>Lista gerada no: 31/03/2026 15:43</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR MEGASTAR CH07N - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6609 - 9000W - LED - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO CP56 CANARMNA - 56" - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8135 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-1802</t>
-[...5 lines deleted...]
-    <t>FONE DE OUVIDO ECOPOWER EP-H170 / BLUETOOTH / ARCO</t>
+    <t>MASSAGEADOR PISTOLA LUO LU-4983</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-490 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CAPA DE CHUVA IMPERMEAVEL LUO LU-040</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>KIT DE TALHERES FD-666 - MALETA DOURADA - 24 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL 16314</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 PLAY - ROSA</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>MIXER SONIFER SF-8158 - 220V</t>
+    <t>CANIVETE 24CM OM 16642 - MULTI USO COM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG XO-LP01 - ANDROID - APP TUYA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK XO-CB01 - NEGRO - 14"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>HUB SWITCH HIKVISION DS-3E1309P-El/M - POE - 8 PORTAS</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV HTV H9 - COMANDO DE VOZ - 4K - 16GB/2GB</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>HTV</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO V20S FLIP - DUAL SIM - 4G - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO V20S FLIP - DUAL SIM - 4G - DOURADO</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2110 - 110V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>SONIFER</t>
-[...104 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>PHILIPS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +260,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb7a91d5d373cf4d3e107597ba528097.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96cc62e2558ea1180b2e7b7d98bd46b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b5df72e0ed2b0f6926bba53be0c9e58.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5ca9f22650ba9fd395985e04e1018b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0288f9ed691e1dffe8ab7c699124179e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2247dd05f572073ee245773a7b33bb2b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46669eb415930cc8342ccfa6b72212db.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cda30ec249d57845b1688c28a130f0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6397945c31663f321e3ba40242dce3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100f6ac13c747ffa2034476464689156.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2eb8e46703a916004c7138b70abdf9e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644e0dc9c7c8f529d211e93f98c4094e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a66e542b3699a1ab0f56ef62ed3fe090.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12212235fa42f6041237dade1159f9d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc039ce94576daf6627f43b449643cad.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/560aea7c9d7b9b13c44be792c98f4d57.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b03f6de55ed40c9c44bb424140865d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39d41a2eb27bdabecbca79e123e58a56.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b74fa50596279521169fee93e3533c6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e07c501a6bb21668964330ff38cac9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a06bffafff842ea15b7e1ab45c0e0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a0417a3c0ae5bc0789b5a4190f86c26.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fe61f7662586711f4690eb94c300367.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/785e5b9a592bb65fc9e937d38fa209a0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7450eaead84f8e9239156f5096b502f0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db6075fa17ef08758448865d2e3e210.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abeb151e437f33165e360e0a9399def4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc5d776545bf9f3dc9036d6aea359da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26cabfb410a20b7b7196f358e29a848a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c783e2a9c0c6d2b181a2e98f59aa0ed.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5111b16414411c68e777403b535482fb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9328ac0dedd5a3372994e6b1e0182b18.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a913ecaefbd790ef6846c97f4a1f840.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffc1b4f9ae551ec267772a812a97594.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b1fd0bc1c21e0c3c09c7c6250ecfbd1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5ad03f56ff9511f6f3ba4e3dfbd6af.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28385f46ebfa73bf48a2ec77b9c75157.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba64f056fcb04507c080cd5f01ca140.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb2efba9375bd85517b4c7cd55bde713.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786298c9c2c33318dae6bad3f2152ec9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1171,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574488</v>
+        <v>577205</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>47.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574501</v>
+        <v>577229</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>74.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574549</v>
+        <v>577236</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574631</v>
+        <v>577243</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>6.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574648</v>
+        <v>577267</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>0.99</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574655</v>
+        <v>577311</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>0.9</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574679</v>
+        <v>577335</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>16.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574686</v>
+        <v>577359</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>118.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574709</v>
+        <v>577373</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>38.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574754</v>
+        <v>577380</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>45.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574761</v>
+        <v>577397</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>49.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574778</v>
+        <v>577427</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>29.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574792</v>
+        <v>577441</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574808</v>
+        <v>577465</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574846</v>
+        <v>577472</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574853</v>
+        <v>577489</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574884</v>
+        <v>577526</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="F18" s="3">
-        <v>12.5</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574907</v>
+        <v>577533</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F19" s="3">
-        <v>63.0</v>
+        <v>27.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574914</v>
+        <v>577540</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>32.0</v>
+        <v>27.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574938</v>
+        <v>577557</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>27.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>