--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,200 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 19:32</t>
-[...5 lines deleted...]
-    <t>Cameras IP</t>
+    <t>Lista gerada no: 30/12/2025 03:29</t>
+  </si>
+  <si>
+    <t>ARO LED PROSPER M-33</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ARO LED PROSPER U200</t>
+  </si>
+  <si>
+    <t>ALISADOR MINI PROSPER P-1131 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alizadores</t>
+  </si>
+  <si>
+    <t>LIXA DE UNHA PROSPER XSUV-709 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ASPIRADOR DE P� PARA UNHA PROSPER M101 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X14 MAX - VERMELHO</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>LAMINA PARA BARBEAR INOX DORCO ST300 - 10 PACOTES DE 10 FOLHAS</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MOX MO-1 / BLT / VERMELHO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MOX MO-1 / BLT / VERDE</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA 1.3L + CUIA + BOMBA - VACUUM BOTTLE 1012</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VACUUM</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LABUBU MA-13 / BLT / ROSA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LABUBU MA-13 / BLT / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH 10 PRO MAX</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE OWS 8 BLUETOOTH / ROSA</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>BATERIA DE LITIO PARA MOTO FOSTON X13/X14</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-260BT / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-259BT / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F313 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR BRITANIA BLQ1300 - 1400W /C / F / LKX / 220V</t>
-[...116 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>RADIO ECOPOWER EP-F301 REC / USB / SD / BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8426920697e741c6682940c255701bc9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aea4a6db6afbfdb80190421d4bda954.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918976217ae5c4f759497335edf095c5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da806cdaa94a1c467b613ecc880acc8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f62e40efec362818d3645b2a035e37.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07a3c6dae7ff31ed95742717fa0f6f85.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a029e11515744cd4e2eeb00c94d6be.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e029978703cd5637d8900582fd0ff195.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483e3ba67f41f68b44b9b1b0cbd1103c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42153c01c5355f69a61740c1a863e4ae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a82bd6e10907ccc9c9b1a2dc9b9bbab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19daeef5fad0724034f0f44bcd6eb1bd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e13577ad9c727d235a6cb0766fe3405.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be1e7ea0217f3685769f6b4d5d5f2ee.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e33f2c7b1e2bedf4c58b8cb104ae2a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e290bc48e748e65f4ba5be6a46ea5b51.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001e22c327351d45dbc27c743ba210b2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dbe3ad4506d18271005184e78d30888.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bef3e881b3692abd8bcce40b2f2f329a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a767a85640f639a78c8b423bd94d94.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d59a68ba803edce376d239c5d83633.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c0a4cdc1457b80b00aa6dc65ba9b629.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e43423e0ba6018f5129040e1b023bac6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3469cc85f13d067035ade2f61a397fb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df81fed61fd5e5e0e77f4051e1e7ff70.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e27dcc970fe11cc2464c0ee8f1e1ab3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980ff971d1f16d6eed0039be6c8d166e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabd3bb728929de5cadd292fac3ab2a6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d02c9bb24f000983a3a4977cf35ba4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c70ff4e67d73f3b9ddbd3d6b71dde8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79023ed5e32637cd2b12029e99ddc964.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d12dd92ffb0dfd82cffb9842824ac6d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d509babfa99886a047e00ab149ab887f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b45eebb87446fbc27dce5b99e3f27c39.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403969a3b573d2becf0805893c04215d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bfcc5acff1830122402e1987c096fb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ef63af656839e821f427a0afd25cda.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b29323de0419d4ecdd1dbbb3538640.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7751e7a7cc379fee71165b836943988.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715cb0fb3d2546dec2ccbf88415d0e53.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562904</v>
+        <v>570350</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562911</v>
+        <v>570367</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>33.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>562928</v>
+        <v>570381</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>232.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>562935</v>
+        <v>570398</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>48.5</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>562959</v>
+        <v>570411</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>1.2</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>562973</v>
+        <v>570435</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>155.0</v>
+        <v>489.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>562980</v>
+        <v>570442</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>225.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>563000</v>
+        <v>570466</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>42.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>563017</v>
+        <v>570480</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>563031</v>
+        <v>570497</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>563048</v>
+        <v>570503</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>563086</v>
+        <v>570510</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>39.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>563161</v>
+        <v>570527</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>563185</v>
+        <v>570558</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>563208</v>
+        <v>570596</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>3.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>563215</v>
+        <v>570626</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>2.6</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>563239</v>
+        <v>570633</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>563253</v>
+        <v>570640</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>563260</v>
+        <v>570695</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>563284</v>
+        <v>570701</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>