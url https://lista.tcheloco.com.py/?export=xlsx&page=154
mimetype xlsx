--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,188 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 03:29</t>
-[...5 lines deleted...]
-    <t>Aro LED</t>
+    <t>Lista gerada no: 13/02/2026 11:21</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - AZUL MARINHO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>TECLADO/MOUSE PARA PC SEM FIO PHILIPS SPT6318 - PORTUGUES - PRETO</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-127V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-220V</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC06 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC08 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>LANTERNA RECARREGAVEL ECOPOWER EP-8161 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2112 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO - PROSPER K-1027</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>ARO LED PROSPER U200</t>
-[...26 lines deleted...]
-    <t>LAMINA PARA BARBEAR INOX DORCO ST300 - 10 PACOTES DE 10 FOLHAS</t>
+    <t>SECADOR PROSPER P6605 - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TV 50'' SMART LED HYE HYE50ATUX / ANDROID / SMART / 4K / DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED HYE HYE55ATUX / ANDROID / SMART / 4K / DIG</t>
+  </si>
+  <si>
+    <t>RAQUETE ELETRICO - MATA MOSCA OM 20865</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO KANDEXS K-B4001 - 40K - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 110V</t>
-[...8 lines deleted...]
-    <t>FONE DE OUVIDO MOX MO-1 / BLT / VERMELHO</t>
+    <t>JARRA ELETRICA COM CHALEIRA RAF R.7899 -  220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H151 - BLUETOOTH - TWS</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>MOX</t>
-[...35 lines deleted...]
-    <t>RADIO CAR MEGASTAR CDX-260BT / USB / SD / BLT</t>
+    <t>FONE DE OUVIDO ECOPOWER EP-H162 - BLUETOOTH - TWS</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM NAKAMICHI NBF25.0A - SUB 10" - 1000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM NAKAMICHI NBF25.5A - SUBWOOFER 9.2" - 1500W</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ523BD / USB / BT / COLOR</t>
   </si>
   <si>
     <t>Radios Car USB</t>
-  </si>
-[...16 lines deleted...]
-    <t>RADIO ECOPOWER EP-F301 REC / USB / SD / BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d59a68ba803edce376d239c5d83633.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c0a4cdc1457b80b00aa6dc65ba9b629.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e43423e0ba6018f5129040e1b023bac6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3469cc85f13d067035ade2f61a397fb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df81fed61fd5e5e0e77f4051e1e7ff70.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e27dcc970fe11cc2464c0ee8f1e1ab3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980ff971d1f16d6eed0039be6c8d166e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabd3bb728929de5cadd292fac3ab2a6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d02c9bb24f000983a3a4977cf35ba4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c70ff4e67d73f3b9ddbd3d6b71dde8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79023ed5e32637cd2b12029e99ddc964.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d12dd92ffb0dfd82cffb9842824ac6d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d509babfa99886a047e00ab149ab887f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b45eebb87446fbc27dce5b99e3f27c39.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403969a3b573d2becf0805893c04215d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bfcc5acff1830122402e1987c096fb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ef63af656839e821f427a0afd25cda.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b29323de0419d4ecdd1dbbb3538640.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7751e7a7cc379fee71165b836943988.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715cb0fb3d2546dec2ccbf88415d0e53.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dd5e7066227b37ccb54be3705b86c3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042d11ee3cd33b49eb122d693bab0303.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b81fe23c9f4e10b449f632df830057b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1822fe144933bf028df5a6b1021c98c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3eaf60270851824e6de08d6c74a176.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b395f278b9ac35e0dd4c705df3270c5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93df79acaea47044820b696f6582c8c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd60d112492cf2d18389d0d4c1761a0d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40ebc8eee210b6cf6b4ad39d2adfa03.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbadacf1cff58c3f010cf46da4a5e15a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4894c4bd98ff0123302012643c2dae6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc89ab41d3062ff3637c116621dfcaaa.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b4273c9010aa4c9415a7b906f11fa4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b50899d4fd577dbde300f00d0aea53.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08e6f0da19f00f68c1face4c1b03c8b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdc7538e3e35ae152ffe300006dcb6a6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac624f7d3be1ac8e1b154063ef668de.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501f2e775a9a9a8c927cbbca17278f4d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c551127f1690ef5ec033e0eac873df3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18eeb8b66615dd9c4b720e7e378c09c3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570350</v>
+        <v>573856</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570367</v>
+        <v>573863</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>570381</v>
+        <v>573887</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>570398</v>
+        <v>573894</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>30.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570411</v>
+        <v>573917</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
         <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570435</v>
+        <v>573924</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>489.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570442</v>
+        <v>573931</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570466</v>
+        <v>573979</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570480</v>
+        <v>574006</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570497</v>
+        <v>574020</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570503</v>
+        <v>574037</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570510</v>
+        <v>574044</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570527</v>
+        <v>574051</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570558</v>
+        <v>574075</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>20.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570596</v>
+        <v>574129</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570626</v>
+        <v>574167</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>195.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570633</v>
+        <v>574174</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570640</v>
+        <v>574211</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570695</v>
+        <v>574228</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570701</v>
+        <v>574242</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>39.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>