--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 11:21</t>
-[...20 lines deleted...]
-    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-127V</t>
+    <t>Lista gerada no: 31/03/2026 17:42</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-0262 - 8"X2 - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-3919 - 3* - 8" - USB/FM/AM - MICROFONE SEM FIO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA LUO LU-4992 / 2.5L + COPO MATERO + BOMBA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS GOOD KING NRI-20015 - 15 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA - OM LZW 3115 - 45 PCS</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO AIR COOL S2124 - 56" - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL WINNINGSTAR ST-5534 - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED ECOPOWER EP-TV040 / SMART / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO TOTAL TG111136 - 220V</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM FURADEIRA WADFOW WDT4B119 - 119 PCS</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI BAND 9 ACTIVE M2435B1 / LILAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - RIVER PLATE</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - BOCA JUNIORS</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ELECTROBRAS EBHE-66L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - OLIMPIA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5414 - CHAPA LISA - 70CM - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER QYLAR QY-0106 - PRETO - 3.6L - 110V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
-    <t>BAK</t>
-[...110 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR QYLAR CITRUS QY-0310 - 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dd5e7066227b37ccb54be3705b86c3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042d11ee3cd33b49eb122d693bab0303.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b81fe23c9f4e10b449f632df830057b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1822fe144933bf028df5a6b1021c98c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3eaf60270851824e6de08d6c74a176.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b395f278b9ac35e0dd4c705df3270c5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93df79acaea47044820b696f6582c8c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd60d112492cf2d18389d0d4c1761a0d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40ebc8eee210b6cf6b4ad39d2adfa03.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbadacf1cff58c3f010cf46da4a5e15a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4894c4bd98ff0123302012643c2dae6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc89ab41d3062ff3637c116621dfcaaa.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b4273c9010aa4c9415a7b906f11fa4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b50899d4fd577dbde300f00d0aea53.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08e6f0da19f00f68c1face4c1b03c8b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdc7538e3e35ae152ffe300006dcb6a6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac624f7d3be1ac8e1b154063ef668de.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501f2e775a9a9a8c927cbbca17278f4d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c551127f1690ef5ec033e0eac873df3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18eeb8b66615dd9c4b720e7e378c09c3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5504f8eaf6e4be80e63caec48b370f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec8492352b25b66bcd92fbaa67abf84c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a33780d03b452ec41fff13573af3d447.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3025c0bde9f9f8a54e77276d27ad4978.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19eb45e926726afc2f4f3c8e4b60fbe3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a354a622c7fc30930dd893f41dc6e4cb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe63448efc992f0f519002fbdac9a1a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847865b67199a9c2f078de89783efafd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b761d6b6949eb74716c1d613673c755.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ca29f523f04b168857ad580c9366ac.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd59d81f7f7f7164eec725f1ee67f7b2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d21a15b35908ec13a3daa5649c0c04.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0789a867766a1ce21c6d0d23a69c95.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d371c846d4052542d720f2a2292219e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851263ba85044d43c78915320643c1aa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4875f1b6bcaabe28bc30f0c637b6d7d8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc53bc8f1ec4048015cb5469deef79f6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f70cc9c26b71bdd56a6913d2554c1be1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3b3f59689a74a081d2f56c1559e5c7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1898feeaf418abfebfab765ee0b6af5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573856</v>
+        <v>576246</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573863</v>
+        <v>576253</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.5</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573887</v>
+        <v>576284</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>29.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573894</v>
+        <v>576291</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>29.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573917</v>
+        <v>576314</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573924</v>
+        <v>576345</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>21.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573931</v>
+        <v>576390</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573979</v>
+        <v>576475</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>30.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574006</v>
+        <v>576505</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>4.6</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574020</v>
+        <v>576550</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>26.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574037</v>
+        <v>576581</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
         <v>32</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>225.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574044</v>
+        <v>576604</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>268.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574051</v>
+        <v>576628</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574075</v>
+        <v>576635</v>
       </c>
       <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>17.5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574129</v>
+        <v>576680</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>42</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>15.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574167</v>
+        <v>576727</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574174</v>
+        <v>576734</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>6.75</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574211</v>
+        <v>576765</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>46</v>
+      </c>
+      <c r="E19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>115.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574228</v>
+        <v>576789</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>107.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574242</v>
+        <v>576796</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>39.0</v>
+        <v>29.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>