--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,185 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 20:43</t>
-[...5 lines deleted...]
-    <t>Barbeadores</t>
+    <t>Lista gerada no: 30/12/2025 05:23</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J12 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>FRIGOBAR BRITANIA PFG111 / 92L / 220V / 50HZ / CINZA</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>CAFETEIRA SEMIAUTOMATICA RAF R.104W - 220V</t>
-[...2 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>FRIGOBAR BRITANIA PFG95N / 76L / 220V / 50HZ / BRANCO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2117 / USB / SD / FM / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ LED ECOPOWER EP-L105 / 80W / BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - XW-601 - 40W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - YB-706 - 80W - BIVOLT</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8772 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8771 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>CANETA LASER 1 PONTA - TITAN TL-1010</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA ECOPOWER EP-B102 - DIGITAL - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PRECIS�O ECOPOWER EP-B101 - 500G</t>
+  </si>
+  <si>
+    <t>Balan�as de Precis�o</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR PROFISSIONAL ECOPOWER EP-M092 - DIGITAL</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO X7 5G / 512GB / 12RAM / VERDE</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.2828 - 1800W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>LANTERNA POLICE COM FACA - TUFAN</t>
-[...92 lines deleted...]
-    <t>CONTINENTAL</t>
+    <t>ESPREMEDOR DE CITRICOS RAF R.613R - 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>TV SMART LED 32'' MTEK MY32FSPH / BLT / AND / WIFI</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART BOCAL S-E27 / ICSEE / BRANCO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO POSITRON PX-360 - COM BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>POSITRON</t>
+  </si>
+  <si>
+    <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>HONOR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008c80e996a7b65d298629ef8aa454ef.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d5063be9b4f558ef267e2301126c097.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa58a0712d81cf87404813f386e2c7b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79137f6d8d4be35265c19107e70bab96.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f462226a8c91cfd07907f4200a8414.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692bed5ffb74d1268e30488360c320e0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0fb685b9031e2813930bf225df4b85.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb753329ec8424b67a71a122831acb37.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5917e07fe87342115b4d054f0ac81c55.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b86938e77b62055e572b2fa40e2bcd3f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee7eff82d63e1449ab02da6ca06b0af.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9851de3c4f2aa587327c062ce314c332.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327b8a62f69f2fee3cc5c35f2361b71a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e85d29cb1ee2ce25f647e5ba2d3968.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646a78c90cf93456bff60d9cc4539fd9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8de5f59f8fdbc7521996d96131510c9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9725b0eb7aea7ea4cb04549b91d7e2e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620561cec6da487e27c0594ade41919a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04aa55225f92e5d63581e0bdfe5b821c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d82adc63a2518669e71b58948f99d2c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fac52fcc062f73f31fb3119f969a89.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250b01cabd67ac6f1f8daf2e38493812.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08872acee0534b9ac0eaa5498c58ee1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8086ba63147da929b14c8b910c91a3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807da04d368187b290d5e5df3a912765.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279a51aea1c1d16d112885915271d172.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cd846db3a5121998428e1188494bb74.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0264b144d0c83414647eb433d8568dc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3459f18c9257325d4c4946fd04a262ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05fda9e48d03279e8dc2a6fef2d86e8d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d4ee16fda4185fb611b9b430462099.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be95253a0d2b3a61f500dc0e37da551c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9626b3d92c7c4c7a6845e6de5ca3001e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e78c69fe7caa45cf21d9549f5efbfd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3438b360b6ef0479393a02d0d46950da.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa18069d5827a03ddf28c7235cf337d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4637e297bfb2f7e5754c9f698042a31f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a672e6714efe1a07f17085527a4b2a6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e9db5cee9e2de4d6754c61c55ce57a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/632ce8bea6259dcc3c092606309a3ce8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562119</v>
+        <v>569606</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562140</v>
+        <v>569613</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>77.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>562157</v>
+        <v>569620</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>562188</v>
+        <v>569637</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>562225</v>
+        <v>569651</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>7.5</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>562232</v>
+        <v>569668</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>9.25</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>562249</v>
+        <v>569675</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>8.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>562256</v>
+        <v>569682</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>562263</v>
+        <v>569699</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>562270</v>
+        <v>569712</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>9.25</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>562287</v>
+        <v>569729</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>4.7</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>562300</v>
+        <v>569736</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>2.95</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>562317</v>
+        <v>569750</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>5.2</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>562331</v>
+        <v>569767</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>562348</v>
+        <v>569798</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>17.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>562355</v>
+        <v>569804</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>562386</v>
+        <v>569811</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>562409</v>
+        <v>569866</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>562423</v>
+        <v>569903</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>84.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562430</v>
+        <v>569910</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>135.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>