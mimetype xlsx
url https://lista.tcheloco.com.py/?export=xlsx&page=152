--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,209 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 05:23</t>
-[...5 lines deleted...]
-    <t>Smart Watch / Fitness</t>
+    <t>Lista gerada no: 13/02/2026 12:57</t>
+  </si>
+  <si>
+    <t>ALISADOR RAF R.413P - HAIR STRAIGHTENER - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MALETA PRA VIAGEM GRANDE SA24123</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>3NSTAR</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB200 USB-A/LIGHTNING - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
   </si>
   <si>
     <t>XO</t>
   </si>
   <si>
-    <t>FRIGOBAR BRITANIA PFG111 / 92L / 220V / 50HZ / CINZA</t>
+    <t>CABO XO XO-NB200 USB-A/TIPO-C - 2M</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB238 USB-A/LIGHTNING - 3M</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1968 BLT / 1 MIC</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL3524001 / 24 LED / FRUTAS</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL3530001 / 30 LED / PEROLAS</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL4536001 / 36 LED / FLOR DE CEREJEIRA</t>
+  </si>
+  <si>
+    <t>SPEAKER JBL FLIP 7 / BLUETOOTH / PRETO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>PANELA ELETRICA DE ARROZ CONTINENTAL CFXB70-A - 3.2L - 110V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80001 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80005 - 3 PCS</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX LUO LU-V90 - 4K - 512GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 12360 - CABEZA LOCA - 10" - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>FRIGOBAR MITSUO 91L / 110V/60HZ / BRANCO</t>
   </si>
   <si>
     <t>Frigobar</t>
   </si>
   <si>
-    <t>BRITANIA</t>
-[...119 lines deleted...]
-    <t>HONOR</t>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>LANTERNA COM KIT DE FERRAMENTAS ECOPOWER EP-8157 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fac52fcc062f73f31fb3119f969a89.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250b01cabd67ac6f1f8daf2e38493812.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08872acee0534b9ac0eaa5498c58ee1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8086ba63147da929b14c8b910c91a3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807da04d368187b290d5e5df3a912765.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279a51aea1c1d16d112885915271d172.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cd846db3a5121998428e1188494bb74.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0264b144d0c83414647eb433d8568dc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3459f18c9257325d4c4946fd04a262ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05fda9e48d03279e8dc2a6fef2d86e8d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d4ee16fda4185fb611b9b430462099.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be95253a0d2b3a61f500dc0e37da551c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9626b3d92c7c4c7a6845e6de5ca3001e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e78c69fe7caa45cf21d9549f5efbfd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3438b360b6ef0479393a02d0d46950da.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa18069d5827a03ddf28c7235cf337d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4637e297bfb2f7e5754c9f698042a31f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a672e6714efe1a07f17085527a4b2a6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e9db5cee9e2de4d6754c61c55ce57a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/632ce8bea6259dcc3c092606309a3ce8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36d3384fcf2e74a2f60173c95ac5d74.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2de1c399a11937e2e04bd5f0c94cadd1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875389629e4546a0eccca3af0c5a1f7f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bde3df944779d183b37a81c3725141a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1bd43dfcee459bede20bed321343103.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a645d82f3f67672edeb5621aba4c60fb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35dcee9f85fe30fa91d0942e94be3877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949f9c7c0f6697881af2614bcdfe41b5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38eedb61cb1add6d9e0fbb9b6943f9a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951f80759ee58a0a5f7940a89e0b3275.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbdf4a471882ae98300c407c072f4b2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d11e16ae12ec8f3eabbaf5d7331760b5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12375d9a94183d5d094c69ac840bee6f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afc1acd574e7664b2641831df35d029d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23717a8ee597fd0d6c2f142fb1efe95.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2a00f3b0af730d13d56018da18203a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a39fe8250deaf8206646b8f0a2208f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc029a8d598282709191ca6f00db48c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e146364d6e5803d60e491a1acfcf9d13.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e1f6adc18764b8783d5cf710b7653c5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569606</v>
+        <v>573153</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>33.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569613</v>
+        <v>573177</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>157.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569620</v>
+        <v>573191</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>149.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569637</v>
+        <v>573207</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569651</v>
+        <v>573214</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>105.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569668</v>
+        <v>573221</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>2.5</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569675</v>
+        <v>573276</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569682</v>
+        <v>573283</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569699</v>
+        <v>573290</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569712</v>
+        <v>573306</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569729</v>
+        <v>573320</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569736</v>
+        <v>573337</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569750</v>
+        <v>573382</v>
       </c>
       <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>33</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>14.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569767</v>
+        <v>573399</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>35</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>250.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569798</v>
+        <v>573412</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569804</v>
+        <v>573429</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569811</v>
+        <v>573436</v>
       </c>
       <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
         <v>42</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>90.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569866</v>
+        <v>573450</v>
       </c>
       <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569903</v>
+        <v>573467</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
         <v>47</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>71.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569910</v>
+        <v>573481</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>135.0</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>