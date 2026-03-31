--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,203 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 12:57</t>
-[...11 lines deleted...]
-    <t>MALETA PRA VIAGEM GRANDE SA24123</t>
+    <t>Lista gerada no: 31/03/2026 19:25</t>
+  </si>
+  <si>
+    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BOLHA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>3NSTAR</t>
-[...20 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-340 BARBEADOR SHAVER MINI / LCD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>KIT LIXA DE UNHA ONIDA ON-0625 - 8 EM 1</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR PET 3 EM 1 - VGR V-219</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-117 BARBA/CABELO 6 EM 1 / LCD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-173 BARBA/CABELO - 13 EM 1 - LCD</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-994 - BLT - LED - PEIXE/AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>WAFFLERA SONIFER SF-6057 - 900W - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 256GB / 8 RAM / LILAS</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85/ 256GB / 8 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL95 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL93 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ECOPOWER EP-3098 - 50L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / AZUL</t>
-[...86 lines deleted...]
-    <t>Lanternas</t>
+    <t>MOUSE PARA PC GAMER - SATE A-87 - RGB - 4  BOTOES</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM10 - RGB - 8 BOTOES</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM09 - RGB - 7 BOTOES</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-10-BI - BIVOLT</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA MONDIAL CH-05 - 220V</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-09M - 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36d3384fcf2e74a2f60173c95ac5d74.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2de1c399a11937e2e04bd5f0c94cadd1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875389629e4546a0eccca3af0c5a1f7f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bde3df944779d183b37a81c3725141a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1bd43dfcee459bede20bed321343103.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a645d82f3f67672edeb5621aba4c60fb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35dcee9f85fe30fa91d0942e94be3877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949f9c7c0f6697881af2614bcdfe41b5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38eedb61cb1add6d9e0fbb9b6943f9a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951f80759ee58a0a5f7940a89e0b3275.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbdf4a471882ae98300c407c072f4b2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d11e16ae12ec8f3eabbaf5d7331760b5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12375d9a94183d5d094c69ac840bee6f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afc1acd574e7664b2641831df35d029d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23717a8ee597fd0d6c2f142fb1efe95.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2a00f3b0af730d13d56018da18203a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a39fe8250deaf8206646b8f0a2208f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc029a8d598282709191ca6f00db48c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e146364d6e5803d60e491a1acfcf9d13.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e1f6adc18764b8783d5cf710b7653c5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48edc4b6a05b9fff3890db01e64bd0bc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd6846ce52f7d77edaf79f1926beb7f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d83c3951874614b89cd62dae26b4efe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b1e87c79faf418ff13fb565cdca11b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe676328460715a08af1b5617bfcef4b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0dd0fdffea7c9dbcae36bf6181b5e5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2723b0dd678ebc8714c70551c3b5f258.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94bd7a2846bcd6770412b7637fb7e9df.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e78a77e0d467d3443a44eb2f796246e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e338614bd8b3d9d5a1e21cd150d0da89.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cef6d94feafe3071384027ba13b68a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdd797c90b1cd07a923f45b7e837ace.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70940dfdb5d2ede2eef47d0c5fe5d5f1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34451bcfe9ee684a858a91d0742ca35.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df613dbd3b27437a0f79dcc9bc2bea9b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5efbf8d1a00476da513af60d39771f2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef0300a9d253eaf43760690856c24047.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97e2ccbd1478478ce7b25b17915976c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e20fb33cbc39e7e30f339230ea55d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9565d3c5695e0280c144956fa2348098.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573153</v>
+        <v>575362</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573177</v>
+        <v>575379</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>9.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573191</v>
+        <v>575409</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573207</v>
+        <v>575416</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573214</v>
+        <v>575423</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>2.5</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573221</v>
+        <v>575430</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>53.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573276</v>
+        <v>575447</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>96.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573283</v>
+        <v>575478</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>96.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573290</v>
+        <v>575546</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>96.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573306</v>
+        <v>575614</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573320</v>
+        <v>575621</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573337</v>
+        <v>575638</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573382</v>
+        <v>575645</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>85.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573399</v>
+        <v>575669</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>19.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573412</v>
+        <v>575706</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573429</v>
+        <v>575720</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>43.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573436</v>
+        <v>575744</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F18" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573450</v>
+        <v>575751</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573467</v>
+        <v>575768</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>145.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573481</v>
+        <v>575775</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>