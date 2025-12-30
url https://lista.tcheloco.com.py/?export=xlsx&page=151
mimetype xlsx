--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,215 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 20:43</t>
-[...20 lines deleted...]
-    <t>TV 32'' SMART HYE HYE32ATHZ  HD  ANDROID 14</t>
+    <t>Lista gerada no: 30/12/2025 06:07</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC SEM FIO - X-TRIKE KB-303 - PRETO</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4021 - 15.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 - RAF R.2821 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4041 - 15.6"</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4045 - 15.6"</t>
+  </si>
+  <si>
+    <t>APARADOR PORTATIL SATE A-TK886 - REG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TECLADO COM MOUSE SEM FIO - HAVIT KB269GCM-SP (E) - PRETO</t>
+  </si>
+  <si>
+    <t>HAVIT</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED MARSON MAS40 / WIFI / DGT / AND</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
-    <t>FURADEIRA DE IMPACTO TOTAL TG109136 - 220V</t>
-[...56 lines deleted...]
-    <t>SECADOR IONIC PROSPER P6800 - 4200W - PRETO</t>
+    <t>MARSON</t>
+  </si>
+  <si>
+    <t>FONE/MIC MAXELL H-MIC1 - 3.5MM - UM LADO</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>SACA ROLHA ONIDA ON-027 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SECADOR DE CAL�ADO XO XO-CF35 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>SECADOR XO XO-CF28 - MODELO DYSON - 220V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...53 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>RELOGIO XO XO-H140 4G / CAMERA / WIFI / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J10 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J10 / AMOLED / ROSA</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M50 PRO - PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M10 ULTRA / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-WATCH4 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J12 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>FRIGOBAR BRITANIA PFG111 / 92L / 220V / 50HZ / CINZA</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -248,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaa7170cca1e72ce553d5a24d2ff193.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d391edf4867513c309a74a946dda59c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fe92fe8f1d0809b8d1a7577b5a17438.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316fd63fe17a9746d00ad3f0e480f89f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55912981c7c3f691b23e5a6f78c48d74.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb8bec513d2f8366e2e4a0885456b3c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb4f80aac7e4ff124ec0aa91cad9848.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d698bd5e07f8cc5dc1a1e661689f9cdc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479a41f9b766aa9279c38597ef8426ba.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22430ea39a8863347360fffdb9db20b8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35452ec75744e0033f15676efa53b83.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3eb21f8804dbc68f52c9f60bbf253dd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3573bd3eae52c5b008d884ce8a31d8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807d46dc9fa735b21a4182cd92583ef8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab2f37f3dac308be78ca18231b3dcd21.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c694cae2273e6dfa2e289fb81fec958.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288672425d2110e50f453c016c137839.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e746c31e14d15893faece98e9060ea.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd9a2b98c0b23c53279acc5275c9f385.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e7f3322098a1f917a57a33fdeab363.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d418d3b175f051a4bf687a640848a7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362db353b7ec1efc9b91c53f8eae5233.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7156e824a80d951ee38027f42201477.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587f3214a47647f1b873c8daeacbe357.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56fb44fd6a6fc751bf31014372c671b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df88a01c75aea127149161f8ff15f736.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b712acab917cdcb6bc25b06f61e7144.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb70d8fc0acaf06ea1e25d6c465ce926.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524b19a9bca79bd7cfc3bbce229ea572.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcbf723b820e93abf7512e6d75e61459.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e035660b554101039a4fc947914ab3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67871a907d6a44ab71ea29635515ad8f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6834e821c85603ccba695d02d8a3ed34.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60a7f2b6fc7215d11051d6df4bb1cf7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fcd173dc9bfa3176546f70fff7a5f9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db6a1591ba1f5d81987ea85cec4dd17.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f4545715bda15226d3612e857fedfa.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297562b2f0263def89a7d269df24b06.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0973566a80b5be30369c153ef43599d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2668e60b38f787409bd3d82b001142.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>561600</v>
+        <v>569323</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>561631</v>
+        <v>569361</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>192.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>561648</v>
+        <v>569385</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>90.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>561686</v>
+        <v>569408</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>29.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>561709</v>
+        <v>569415</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>52.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>561716</v>
+        <v>569422</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>47.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>561723</v>
+        <v>569460</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>561761</v>
+        <v>569484</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>65.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>561778</v>
+        <v>569491</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>45.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>561815</v>
+        <v>569507</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>561822</v>
+        <v>569514</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>561839</v>
+        <v>569521</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>20.75</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>561860</v>
+        <v>569538</v>
       </c>
       <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>561945</v>
+        <v>569552</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>561952</v>
+        <v>569569</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>15.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>561969</v>
+        <v>569576</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>561983</v>
+        <v>569583</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F18" s="3">
-        <v>82.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>562058</v>
+        <v>569590</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F19" s="3">
-        <v>7.75</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>562065</v>
+        <v>569606</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>18.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562089</v>
+        <v>569613</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>27.0</v>
+        <v>157.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>