--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,191 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 06:07</t>
-[...5 lines deleted...]
-    <t>Teclados</t>
+    <t>Lista gerada no: 13/02/2026 13:19</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO RAF R.5320B - 9L - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>VAPOREIRA DE ALIMENTOS RAF R.5238 / 4L+4L+4L / 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.2225 - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE RAF R.3396 - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>OCULOS SMART SPORT SATE A-DVR080</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BARBEADOR XO-CF21 PARA CARECA - 6 LAMINAS</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CAPILAR XO-FG03</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA GELADEIRA/MAQUINA LAVAR - OM22247</t>
+  </si>
+  <si>
+    <t>Diversos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MOCHILA PARA NOTEBOOK SATE A-KP4021 - 15.6"</t>
-[...23 lines deleted...]
-    <t>APARADOR PORTATIL SATE A-TK886 - REG - BIVOLT</t>
+    <t>PEN DRIVE COM OTG TYPE-C ECOPOWER - 16GB - USB 2.0</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CADEADO CARTELA 32-34-50MM - 20305 - 6 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>TECLADO COM MOUSE SEM FIO - HAVIT KB269GCM-SP (E) - PRETO</t>
-[...47 lines deleted...]
-    <t>RELOGIO XO XO-H140 4G / CAMERA / WIFI / ROSA</t>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 110 4G / HMD / 2CHIP / CINZA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PEINING 8K STICK - 128GB - 32 RAM</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>PEINING</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PEINING 8K - 128GB - 32 RAM</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MIDEA 18000BTU - 220V/60HZ INVERTER - Q/F - WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S21 / 3 CAMERAS / APP ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S11 / 4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S27-AMP / BOCAL / ICSEE</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH S9 ULTRA - 3 PULSEIRAS</t>
   </si>
   <si>
     <t>Smart Watch / Fitness</t>
   </si>
   <si>
-    <t>RELOGIO XO XO-J10 / AMOLED / PRETO</t>
-[...23 lines deleted...]
-    <t>BRITANIA</t>
+    <t>AR CONDICIONADO NOBLEX 18000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 24000BTU - 220V/50HZ - COM KIT - Q/F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d418d3b175f051a4bf687a640848a7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362db353b7ec1efc9b91c53f8eae5233.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7156e824a80d951ee38027f42201477.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587f3214a47647f1b873c8daeacbe357.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56fb44fd6a6fc751bf31014372c671b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df88a01c75aea127149161f8ff15f736.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b712acab917cdcb6bc25b06f61e7144.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb70d8fc0acaf06ea1e25d6c465ce926.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524b19a9bca79bd7cfc3bbce229ea572.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcbf723b820e93abf7512e6d75e61459.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e035660b554101039a4fc947914ab3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67871a907d6a44ab71ea29635515ad8f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6834e821c85603ccba695d02d8a3ed34.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60a7f2b6fc7215d11051d6df4bb1cf7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fcd173dc9bfa3176546f70fff7a5f9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db6a1591ba1f5d81987ea85cec4dd17.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f4545715bda15226d3612e857fedfa.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297562b2f0263def89a7d269df24b06.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0973566a80b5be30369c153ef43599d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2668e60b38f787409bd3d82b001142.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef76a0e83fd7412577ce6bbc0f5167b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f6be25bf480f702c74e18173b57eef.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee21a67448b1222ee2cf67b724dd472.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396f77a9e7072943b09ee3a94f18dcdb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423eeae0dc5a5760f06f0480095037b8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01dd1f1c85f8d1e7203015d19a18d06a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b8dfc0926275a67431136481da4756.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15e264c8e9ea7f1a25f78ba4ad4ceac.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e7bca435a3f4ddc9a6fd1d0aa1407ed.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a872e5b7c8c2795c471d36dfce131f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2933b7176331277655f4b0af98fe799e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aec7190788fb5c2e49944c22f57f092.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bddbce7906b8c22ab8d207f9cbc4ad0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4026ffa7b3c80cc0057cac6f52af042a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee03b8dc68da866e357e41068874ab5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5245c063a777cbdad177b6854eddc855.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca41e921e3b6be38dc8134bf2511fe7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe77feca559dd00050059dc6765932a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/242d2e60cece916d3f25a29c1e8bbb2b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efdbaea9b204b1bd2d42816ec8e85a11.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569323</v>
+        <v>572767</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569361</v>
+        <v>572774</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>17.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569385</v>
+        <v>572781</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>12.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569408</v>
+        <v>572798</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>19.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569415</v>
+        <v>572804</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569422</v>
+        <v>572811</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569460</v>
+        <v>572828</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569484</v>
+        <v>572842</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>139.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569491</v>
+        <v>572873</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569507</v>
+        <v>572897</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569514</v>
+        <v>572965</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569521</v>
+        <v>572996</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>22.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569538</v>
+        <v>573009</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>34.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569552</v>
+        <v>573030</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569569</v>
+        <v>573047</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>25.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569576</v>
+        <v>573054</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569583</v>
+        <v>573061</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>19.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569590</v>
+        <v>573115</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>33.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569606</v>
+        <v>573122</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>33.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569613</v>
+        <v>573139</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>157.0</v>
+        <v>540.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>