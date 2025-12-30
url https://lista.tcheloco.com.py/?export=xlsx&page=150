--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -14,164 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 21:32</t>
-[...26 lines deleted...]
-    <t>Fogoes</t>
+    <t>Lista gerada no: 30/12/2025 07:01</t>
+  </si>
+  <si>
+    <t>LEITOR DE MEMORIA LUO LU-2003 MICRO-SD</t>
+  </si>
+  <si>
+    <t>Leitor de Memorias</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>COLHER DE PEDREIRO FONTOR QZD-7 - 7"</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT BROCAS FONTOR 182229 - 10 PCS</t>
+  </si>
+  <si>
+    <t>TRIANGULO DE SINALIZACAO OM-18870</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 20CM OM19046-1</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART C60 ULTRA 3 - 7 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>ESCOVA KIT 5 EM 1 ONIDA ON-7070 - 110V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MAQUINA DEPILADOR VGR V-611 - 3 EM 1</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-166 BARBA/CABELO PROFISSIONAL / LCD</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MAGEFESA MGF1238 - 2000W - 2 NIVEL - 220V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
+  </si>
+  <si>
+    <t>MAGEFESA</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MAGEFESA MGF1662 - 800W - 2 NIVEL - 220V</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO BLACK+DECKER 12000BTU - 220V/60HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>BLACK DECKER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO BLACK+DECKER 18000BTU - 220V/60HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO BLACK+DECKER 24000BTU - 220V/60HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>COPO TERMICO CAPIBARA - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR HYJ802BT 8"/ USB / BLT / 1 MIC / A BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>CABO RCA "Y" (2M - 1F) MEGASTAR - AZUL</t>
-[...59 lines deleted...]
-    <t>CELULAR XIAOMI REDMI A5 64GB / 3 RAM / AZUL</t>
+    <t>TECLADO PARA PC SEM FIO - X-TRIKE KB-303 - PRETO</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4021 - 15.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 - RAF R.2821 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4041 - 15.6"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -194,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943a188ff593694ec1a7668c430251ec.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1717f96309aa24c9e0533841991aadf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2ae3cdf1bd502e84db5e81e5a5b3c5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99aff4a36c511a5c48811739956cdb4e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a4fea78085f65499bad819d9301227.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1982358795aa1fe413ee838d1000f8b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e677ee4af19ab0ec40dd97533f78d39.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0897a04248931dfb6ead68984a977378.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f70e18ab004157d71e7c829ba9d7f7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded0a79b9e99a0294c84490493aaa943.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3dd25c1fb7120f5bdd20a717e35df78.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8296ccfc71e92a85b09bc6f5f42c9f1a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a17ba8ce6cd5f161f620a257425e6a7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be18e901ffdb8f4598d18509a7dfeae9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03f7f8a880e53a5ea9d402d312c6625b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15aab76811ba0ae7dd510ab132daabc0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ffe534d5b6e51feafa2c9ce7f9dca0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b86906955d20f994d6ba3f084c12052.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c042a92507d6294e144056962d8bfcd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ea115d64b39da39306838cbff4d5e5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b5c5da3bb3a57d85d5c0202886682de.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2743c27fb095ed7ef0be8fbef8187ac5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68dcce0a3243902d14aa39798d71293e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7babd2dd0d6d56445406a542e29b1fa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712110a64202b187744d2c5c29cdbccd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eecb3c1adfa4626343ce721f4e11a58.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cf67fe318fe33947cfdd43a8b958f5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bb5cb8af716f88cdfe8612abec82d1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6b50916516bf61224b30c89ddaee61.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9054eae0876a164084ab59ee25a1ec8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e3bbac9c2168387b8980893cd7cbdb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa2c9fffd813040eb41bfe6af7406368.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433b5ded44f55fa7983504e74f2b8dd2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363cb49ece54eb96ac5cac7dafe51ff0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54c52030cd44a9af1769e8c668c96e7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef790fb82ce38b37e5c511cfcd49f1e4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2c74f69378789ef892a6857a6ac989.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cd3d11e82e4356bb3c9c0ee4ce112f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f40d78c713112232cbfe5536644d695a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8df3793ae3b7379c1860dbd61b5a80b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1105,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>561181</v>
+        <v>568975</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>62.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>561198</v>
+        <v>568999</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>62.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>561204</v>
+        <v>569002</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>73.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>561211</v>
+        <v>569040</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>73.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>561228</v>
+        <v>569057</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>73.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>561273</v>
+        <v>569088</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>561280</v>
+        <v>569095</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>0.95</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>561327</v>
+        <v>569118</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>561341</v>
+        <v>569125</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>561396</v>
+        <v>569149</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>8.25</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>561402</v>
+        <v>569156</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>8.25</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>561433</v>
+        <v>569163</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>561471</v>
+        <v>569170</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>1.3</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>561518</v>
+        <v>569187</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>625.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>561525</v>
+        <v>569200</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>218.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>561532</v>
+        <v>569316</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>64.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>561549</v>
+        <v>569323</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>64.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>561556</v>
+        <v>569361</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>75.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>561563</v>
+        <v>569385</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>75.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>561570</v>
+        <v>569408</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>62.0</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>