--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,200 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 07:01</t>
-[...11 lines deleted...]
-    <t>COLHER DE PEDREIRO FONTOR QZD-7 - 7"</t>
+    <t>Lista gerada no: 13/02/2026 14:30</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO 5 EM 1 ECOPOWER EP-2808 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA RAF R.5224 - INOX - 5L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SANDUICHERA COM DESENHO RAF R.251 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>GRILL MULTIFUNCIONAL RAF R.5496 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>RCA</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI MDY-11EP / 22.5W / TYPE-A + C / ORIG</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HD SSD IMPERIUM X10 - 240GB - 2.5'' SATA SSD</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>IMPERIUM</t>
+  </si>
+  <si>
+    <t>CALCULADORA PORTATIL CASIO MX-12B - ROSA/AZUL</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CALCULADORA PORTATIL CASIO MX-12B - ROSA/BLANCO</t>
+  </si>
+  <si>
+    <t>ACESSORIO PNEU PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE BATERIA - CARRO WADFOW WBY1A201</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...77 lines deleted...]
-    <t>SPEAKER MEGASTAR HYJ802BT 8"/ USB / BLT / 1 MIC / A BATERIA RECARREGAVEL</t>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1982 / BLT / FM/AM</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...26 lines deleted...]
-    <t>MOCHILA PARA NOTEBOOK SATE A-KP4041 - 15.6"</t>
+    <t>RADIO ECOPOWER EP-F303 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F309  REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F310 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F311 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F314  REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F316 REC / USB / SD / BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b5c5da3bb3a57d85d5c0202886682de.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2743c27fb095ed7ef0be8fbef8187ac5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68dcce0a3243902d14aa39798d71293e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7babd2dd0d6d56445406a542e29b1fa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712110a64202b187744d2c5c29cdbccd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eecb3c1adfa4626343ce721f4e11a58.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cf67fe318fe33947cfdd43a8b958f5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bb5cb8af716f88cdfe8612abec82d1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6b50916516bf61224b30c89ddaee61.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9054eae0876a164084ab59ee25a1ec8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e3bbac9c2168387b8980893cd7cbdb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa2c9fffd813040eb41bfe6af7406368.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433b5ded44f55fa7983504e74f2b8dd2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363cb49ece54eb96ac5cac7dafe51ff0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54c52030cd44a9af1769e8c668c96e7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef790fb82ce38b37e5c511cfcd49f1e4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2c74f69378789ef892a6857a6ac989.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cd3d11e82e4356bb3c9c0ee4ce112f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f40d78c713112232cbfe5536644d695a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8df3793ae3b7379c1860dbd61b5a80b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afce29652ab44fd6400823ec3bfa1e8a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e96b289eaab3388bc59e3b32d029d96.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9008c58a22b82d317a845d5da6d2ac0b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d9970106064c4afb0228983d44e005.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5473388f774790c3ec1f56494ba97489.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771fa9c6479c54eb33279ec7d8c8ac66.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a54eae44b857050c4c5220347891b69.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f8ef69810ae8cd55bee1c4d24e7ee2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dae756ca8058441650f27e4e6bedae1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2300c9af7094dc9c91687a681544d75d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28bcfc638e0668cf801b35640365aeb7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abd6e7ee7398c0b0bdb6437718c8d8c9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ea3f3b86894540811ef08947007fbc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6384defa768aff76ab11fbdc5c5f260.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a416a1bd8d88bc0efd4b64b826929cc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c7f5d5c7ee2550f7ea5b510e98897f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/698eb8381415f1aacd04ef15e727b37d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc8f04fcfec4545edb6d5a33b313243a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/618946266b8a20ab1015f407ef930d11.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c52bb556fb5628bde9495c419cd1842.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568975</v>
+        <v>572156</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.1</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568999</v>
+        <v>572170</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569002</v>
+        <v>572187</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569040</v>
+        <v>572200</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>2.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569057</v>
+        <v>572255</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>3.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569088</v>
+        <v>572262</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569095</v>
+        <v>572279</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>42.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569118</v>
+        <v>572330</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569125</v>
+        <v>572378</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569149</v>
+        <v>572385</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569156</v>
+        <v>572408</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569163</v>
+        <v>572415</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>315.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569170</v>
+        <v>572446</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>490.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569187</v>
+        <v>572514</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>625.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569200</v>
+        <v>572521</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569316</v>
+        <v>572538</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>48.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569323</v>
+        <v>572545</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569361</v>
+        <v>572552</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569385</v>
+        <v>572569</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>12.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569408</v>
+        <v>572576</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>