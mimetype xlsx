--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -14,212 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 16:47</t>
+    <t>Lista gerada no: 30/03/2026 18:16</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR  RX-188BT 4B / SD / USB / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA WAHL 12 PE�AS ORIGINAL - MINI PRO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6608 - 2800W - 110 - PRETO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6608 - 2800W - 220 - PRETO</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F87 - BATERIA - USB - SD - BIVOLT</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TECLADO SATELLITE AK-910 - USB</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 2300MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX - AA2 - 2600MAH</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AA 5000MAH / 4 PCS</t>
   </si>
   <si>
-    <t>Pilhas Recarreg�veis</t>
-[...4 lines deleted...]
-  <si>
     <t>SPEAKER MUSIC HERCULES HK-30 - USB - BLUETOOTH - AZUL</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
+    <t>RECEPTOR SATELITE GLOBALSAT GS240 PRO MAX WIFI 4K</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F99</t>
   </si>
   <si>
-    <t>Radios</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIO CAR ECOPOWER EP-610 BLUETOOTH/USB/SD/FM</t>
   </si>
   <si>
     <t>TELEFONE SEM FIO PHILIPS D1301B - 6.0 - BIVOLT - 1 FONE</t>
   </si>
   <si>
     <t>Telefones S/Fio</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>TECLADO PARA IPHONE 4</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>TELEFONE RETROFONE PARA IPHONE</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
+    <t>DVD-R RIDATA 16X INKJET WHITE TUBO COM 50</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>RIDATA</t>
+  </si>
+  <si>
     <t>RADIO MEGASTAR CX-16 AM/FM 2 BANDAS</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>PROJETOR LASER PROSPER MINI - PRETO - BIVOLT</t>
   </si>
   <si>
     <t>Ilumina��o</t>
-  </si>
-[...70 lines deleted...]
-    <t>FREE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8232e935e0d3a09d55b3ce4536dba9c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911677a5cfaa836b0e7210ddde819083.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6ea8920bd9f63f31311108eeec1774a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8528112031f235703115928198d84ad9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6407da0cf1ee9203c79edbe122f05b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81bb97222feaf88b846b894096e6c517.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53f4c0d0c3b310bccad79d36730785c5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bb658feb190889a0c0af60c226a85a6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb6530c56c598ab211b91c7bca2d95b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f9bf6dd33c91d2d4a939a42688fd541.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2be113532ad907738bda74f8c7a761.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8f6d2402c4e366c030f3329b10c209e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3759e23dd04b71d6006e70572cc1f620.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ff74c14ef3768b91cc4a46d10c73bc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5facc2d1ec5bf7d878ba0b37e20656.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c701e69a1ab8a0c508c0ff961660048.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd35f8d39eced1410acae518630e2289.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c146aa5a4323424e096d726c14c001d8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3fd485ab7df6018a17dbfab709ada4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212d85b010f73beccbc74accafb5881f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3899c0039a56ea049336a79541a2329f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18d8927702be0547a57436d79692ab3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12830a1866dcf2cd25ee944c7e01cfd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a328cc7f97fbd7c12ae678ec0d7dddf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b882cdfddda34cd94393686b3936f81d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26b9deb979090765c3245e4d342c6de.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689112530e2e1e98228349dc017dff87.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7aadb9e9319276a45a1a60c89ad2229.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872e9cd427f9da5ac54ea480a93b118a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6687634734d6a6e0b7159b3eb5b4dfd4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f4d74a4dbed9947630265ebf45032.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776bc8829ee84f88340dd6746bc69f1e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8808b1ca7d4c5cebb503ba3c63c2bd56.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15a41c73392f703b5e022ed28f9e8a6f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d8700805d0b7b26697081e86d97ca0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f52ff40efacc6a7ee834b0c8ace832e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01a5c068ef83c71323037f8d8c92292f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f82a70b63e4d73c7ba06d4d7b2cdf75.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbb01590006895e7da3d524bff4ff2b6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d7a6e5f0d2204ab3f41f078847cc5b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>319652</v>
+        <v>314961</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.3</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>320078</v>
+        <v>317092</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.1</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>321594</v>
+        <v>317108</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>323321</v>
+        <v>317115</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>324960</v>
+        <v>317368</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>325257</v>
+        <v>319393</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>326360</v>
+        <v>319614</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>12.6</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>326377</v>
+        <v>319621</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>49.6</v>
+        <v>2.05</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>327633</v>
+        <v>319652</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>5.5</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>329545</v>
+        <v>320078</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>8.5</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>332149</v>
+        <v>321594</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>332811</v>
+        <v>322058</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>334433</v>
+        <v>323321</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>2.8</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>335126</v>
+        <v>324960</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>7.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>336345</v>
+        <v>325257</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>76.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>336789</v>
+        <v>326360</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>21.0</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>337663</v>
+        <v>326377</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>338196</v>
+        <v>326414</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>46</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>338523</v>
+        <v>327633</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>338745</v>
+        <v>329545</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>8.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>