--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -14,191 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 21:31</t>
-[...20 lines deleted...]
-    <t>PROJETOR LASER ROBOT ASTRONAUTA TUCANO TC-112</t>
+    <t>Lista gerada no: 30/12/2025 07:53</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO/MICROFONE PC GAMER SATE AE-305</t>
+  </si>
+  <si>
+    <t>Gamer</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA SUNLIGHT 13300 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.3970 SHAKE 600ML / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA HGDUE HG-7629 - 45 LEDS</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>PROJETOR DE LUZ PARA FESTAS SATE A-MH072 RGB / 80W / BIVOLT</t>
   </si>
   <si>
     <t>Projetores de Luzes</t>
   </si>
   <si>
-    <t>TRICICLO ELETRICO FOSTON GT4400 / ADVENTURE</t>
+    <t>PROJETOR DE LUZ PARA FESTAS SATE A-MH073 / RGB / 150W / BIVOLT</t>
+  </si>
+  <si>
+    <t>CARROSSEL CON SPEAKER - SATE WH-E11</t>
+  </si>
+  <si>
+    <t>ROBO SPACEWALKER COM SPEAKER - SATE WH-E03</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS MARYLAND MR-G404 - 4 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA LABUBU GRANDE COM MANTA</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
-    <t>FOSTON</t>
-[...16 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MAQUINA VGR V-363 BARBEADOR SHAVER REC / LCD</t>
-[...65 lines deleted...]
-    <t>JARRA ELETRICA MOX MO-EK24 3L - BRANCA - 220V</t>
+    <t>CARREGADOR XO XO-L99 COM CABO USB - TIPO-C / BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CARREGADOR XO XO-L99 COM CABO USB - LIGHTNING / BIVOLT</t>
+  </si>
+  <si>
+    <t>CABO USB 3 EM 1 XO XO-NB230 / V8/LIGHTNING/TIPO-C</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XO HN238A / 30W / 1 USB / 1 TIPO-C / BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.340R - 2000W - VERMELHO/PRETO - 220V</t>
+  </si>
+  <si>
+    <t>CAPA PROTETORA PARA CELULAR XO-KT01 PROVA D'AGUA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CABO AUXILIAR XO NB-R271 1M / P2 / 3.5MM / BRANCO</t>
+  </si>
+  <si>
+    <t>SPEAKER ONLY MOD1138 / BLUETOOTH / USB / SD / FM</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>LEITOR DE MEMORIA LUO LU-2003 MICRO-SD</t>
+  </si>
+  <si>
+    <t>Leitor de Memorias</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>COLHER DE PEDREIRO FONTOR QZD-7 - 7"</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399809fec2b0d26cde0a107be434cec4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6b84db2fbfc98c141c299119741dc9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c183a3eb4bfcba8d021d8c40111d9f4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3fe2ff708daf52a03d7086abccaf906.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aba7fec5a8cb36a953235544d2b64738.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57268b00576c7c80d5c7d872e67285a4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d63f62485339bfd74ea442d3477292ef.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cda4e42036e17c9d6f352266a0ed50.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed52473ee84d834c8e1e49946292429.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7ae9da3f2a4aa6a7c83df37e29174bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bfc0117ebaf23ceaed037548e83ad57.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d95df04269d0ed324560854a9963eff8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970d9546c192503748d204c656bd73a2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8a4109edec7fb73156fe07294ed606.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/482171ddaa800eccf7c3f52e5082b9a3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c59bce0244bee40c4564ada9917175.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caad6d85754d430428527b30b8194ac1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a982da45ca6c25285a52c530f999a5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8077b4ac3df8ec8336ee3397d26708f9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99eb5c7c427c2e07dbccc401d52c33ed.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a1171b09aec4e6422e32d784e0281ae.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030950bb60b9df9b75a2a5aa23ad703f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a2a1aa9a4e6dc78e1c38ea83994eee.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2471b6f0536dd7a35482f555235160b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08345c9f5a5bd2ece40b404af351cd21.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7d631c433047018e2c180d3b5e545bb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99c01a33a1b79b0cb5c0fd18d045803.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a77367f8c7318098f0df38b5da58b20e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d08c69d044012eca825ee96b2d7782.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256c2c09c11f7ed77a866e00d0269b6f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a61426d5aa305a188efd3b1fdd87c4c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4665ef708fcc2832bee9430bb09ae834.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fae6b494f43e26a4aaaee3ba4a847d0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff492c7c0926ed290d84e2d853e1a4ee.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2fd7c0db926d3dc81ab7f5bd630f70.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721ca21d4d4c46624b8bef9fe16faa99.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0611070c345e3da47f213ddd8fe2a95.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a67eacbab6703b3c8113281c4623526.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8dec339696898a43d47355971fbbce6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615bf4af625844e42d3192d029bfcd98.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>560887</v>
+        <v>568685</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.8</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>560894</v>
+        <v>568708</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>560900</v>
+        <v>568715</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.75</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>560917</v>
+        <v>568739</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.8</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>560924</v>
+        <v>568746</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>11.5</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>560962</v>
+        <v>568760</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>158.0</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>560979</v>
+        <v>568777</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>560993</v>
+        <v>568784</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
         <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>561013</v>
+        <v>568791</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>19.75</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>561020</v>
+        <v>568821</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>561037</v>
+        <v>568845</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>561044</v>
+        <v>568852</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>561051</v>
+        <v>568869</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>561068</v>
+        <v>568876</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>1.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>561075</v>
+        <v>568890</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>561129</v>
+        <v>568913</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>158.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>561136</v>
+        <v>568944</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>561150</v>
+        <v>568968</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>561167</v>
+        <v>568975</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>561174</v>
+        <v>568999</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>