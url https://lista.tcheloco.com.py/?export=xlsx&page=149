--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,200 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 07:53</t>
-[...5 lines deleted...]
-    <t>Gamer</t>
+    <t>Lista gerada no: 13/02/2026 14:47</t>
+  </si>
+  <si>
+    <t>MINI BARBEADOR HYUNDAI PHT-045 / REC / 3 LAMINAS</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2382 / USB / TF / BLT / FM</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>KIT DE FACAS EVRYELTH SG-9200 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8831 - 21 LED</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>BALAN�A DE COZINHA SUNLIGHT 13300 - 5KG</t>
-[...53 lines deleted...]
-    <t>Infantil</t>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8830 - 30 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8860 - 60 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8861 - 41 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL5961 - 41 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL5930 - 30 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL5960 - 60 LED</t>
+  </si>
+  <si>
+    <t>FRITADEIRA WINNINGSTAR ST-9201 / 6L / 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA WINNINGSTAR ST-9202 / 6L+6L / 220V</t>
+  </si>
+  <si>
+    <t>MICROONDAS WINNINGSTAR ST-9605 - 20L - 220V</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>MICROONDAS WINNINGSTAR ST-9623 - 25L - 220V</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR MANUAL COM MANIVELA 10500</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CARREGADOR XO XO-L99 COM CABO USB - TIPO-C / BIVOLT</t>
-[...2 lines deleted...]
-    <t>Carregadores, baterias e pilhas</t>
+    <t>SPEAKER JBK JBK-4202 / FM / MIC / USB / TF / BT / 2*4"</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBK</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 4206 / FM/MIC/USB/TF/BT / 2*4"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>CABO XO-NB-Q252B - 60W - TIPO C/TIPO C - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
   </si>
   <si>
     <t>XO</t>
   </si>
   <si>
-    <t>CARREGADOR XO XO-L99 COM CABO USB - LIGHTNING / BIVOLT</t>
-[...47 lines deleted...]
-    <t>Ferramentas</t>
+    <t>BATEDEIRA WINNINGSTAR ST-5306 / 5L / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>DESIDRATADOR DE ALIMENTOS WINNINGSTAR ST-9990 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a1171b09aec4e6422e32d784e0281ae.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030950bb60b9df9b75a2a5aa23ad703f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a2a1aa9a4e6dc78e1c38ea83994eee.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2471b6f0536dd7a35482f555235160b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08345c9f5a5bd2ece40b404af351cd21.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7d631c433047018e2c180d3b5e545bb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99c01a33a1b79b0cb5c0fd18d045803.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a77367f8c7318098f0df38b5da58b20e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d08c69d044012eca825ee96b2d7782.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256c2c09c11f7ed77a866e00d0269b6f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a61426d5aa305a188efd3b1fdd87c4c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4665ef708fcc2832bee9430bb09ae834.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fae6b494f43e26a4aaaee3ba4a847d0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff492c7c0926ed290d84e2d853e1a4ee.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2fd7c0db926d3dc81ab7f5bd630f70.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721ca21d4d4c46624b8bef9fe16faa99.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0611070c345e3da47f213ddd8fe2a95.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a67eacbab6703b3c8113281c4623526.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8dec339696898a43d47355971fbbce6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615bf4af625844e42d3192d029bfcd98.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93a23d7c11d62a4767d7afbb9206481.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f9aa195966dbfe23df3190509816fe.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4024b8f2f42639b4be271e7daf302c81.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47da7bd6cff213fffd859d9415a0614.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4248f2d1675d26bc2f890d241ae68c20.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/837200ff979029c3d0861cf52cda53c8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a63ada5791e407f59873d2fcdf602ba.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b83a8b08cece365a7fe685e2d28c88ea.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a27c78502ef200a0e2f39bd2a48092a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef18767f138158ce6045bb3b4356713a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b4058d4c0203ec5e6d32e0bb625889.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc38304ae6d69eae45f1d3ee2413808e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eec0fe03c6362c71ca8208caa0f0f99.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0735df1b7a0ae2487aa8d771446872.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36abc3db95e0b872f1d7786d2f443e08.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c59e08aa32f87763924106efed993bef.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72baf2929189bc707a94c8f349a6ec.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b769c5c9077af082712661096725c08.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04d01d32b25bc9986cbfad2e73acc7f5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc64e0a2692df88f4249355fdd06249.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568685</v>
+        <v>571708</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568708</v>
+        <v>571722</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568715</v>
+        <v>571746</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568739</v>
+        <v>571777</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568746</v>
+        <v>571784</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>76.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568760</v>
+        <v>571791</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>99.5</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568777</v>
+        <v>571807</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568784</v>
+        <v>571814</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568791</v>
+        <v>571821</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>47.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568821</v>
+        <v>571838</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568845</v>
+        <v>571845</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>2.6</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568852</v>
+        <v>571852</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>2.6</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568869</v>
+        <v>571869</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568876</v>
+        <v>571876</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568890</v>
+        <v>571883</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568913</v>
+        <v>571951</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568944</v>
+        <v>571968</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>1.2</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568968</v>
+        <v>572033</v>
       </c>
       <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
         <v>42</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568975</v>
+        <v>572064</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>1.1</v>
+        <v>69.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568999</v>
+        <v>572088</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>2.0</v>
+        <v>62.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>