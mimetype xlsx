--- v0 (2025-12-30)
+++ v1 (2025-12-30)
@@ -14,200 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 08:59</t>
-[...23 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>Lista gerada no: 30/12/2025 09:39</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-995 PINTO / BLT / LED / AMARELO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10"  LUO LU-A90</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 14 PRO 5G / 512GB / 12 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD SE 8.7" / 128GB / 4 RAM / 4G</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO/MICROFONE PC GAMER SATE AE-303</t>
+  </si>
+  <si>
+    <t>Gamer</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO/MICROFONE PC GAMER SATE AE-305</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA SUNLIGHT 13300 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.3970 SHAKE 600ML / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA HGDUE HG-7629 - 45 LEDS</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>PROJETOR DE LUZ PARA FESTAS SATE A-MH072 RGB / 80W / BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>PROJETOR DE LUZ PARA FESTAS SATE A-MH073 / RGB / 150W / BIVOLT</t>
+  </si>
+  <si>
+    <t>CARROSSEL CON SPEAKER - SATE WH-E11</t>
+  </si>
+  <si>
+    <t>ROBO SPACEWALKER COM SPEAKER - SATE WH-E03</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS MARYLAND MR-G404 - 4 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA LABUBU GRANDE COM MANTA</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FONE DE OUIVIDO LUO LU-995 PANDA / BLT / LED / PRETO</t>
-[...98 lines deleted...]
-    <t>BONECO PELUCIA LABUBU GRANDE COM MANTA</t>
+    <t>CARREGADOR XO XO-L99 COM CABO USB - TIPO-C / BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CARREGADOR XO XO-L99 COM CABO USB - LIGHTNING / BIVOLT</t>
+  </si>
+  <si>
+    <t>CABO USB 3 EM 1 XO XO-NB230 / V8/LIGHTNING/TIPO-C</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XO HN238A / 30W / 1 USB / 1 TIPO-C / BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.340R - 2000W - VERMELHO/PRETO - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1585fd6d4b400b4f63fa96aac22c9e7a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54553fe6869d32610067e79fa0ddd67f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba976007888d5fff08ba79d0d0f42e6d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26133a63313f9b9ce79832197ad0493.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ce80332ad0d4c900707470a7210acb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac171561084b252f08289345677b1be.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7222c17e2e8e45fbdd1cdbdf4f504018.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7ce1f8154ef7744d57fdaa25c7bcfb5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf1516675a643bc87b71f909d71fb13.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b367d7e04fc913df103be5d52cf700a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f621c725be0cedce49964c01642f2ab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f7cfff041e701a813ae362065eb4db.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9aa0e9c315e1e9a91e4b83287c77c4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/935365ede5bed7252fbb3355a6d2c17b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399990799bb09b7c15ea3baea9d482d7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c662ca8ea1056caf560e89836b58c419.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8771ce5273d4ca0a53b6bbd8e252b6ae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f0322d4d409e4afefd66c8dd969edd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49329c2e4699e5a9cd6fc906c393667f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d422d7d85794688433e2cee749c7007e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35e253ab377c27f14125bfdf983ff3b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a122771a379c5e42bbde55723e705f5e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e72c4a1e2a8cb127b24b682927a435.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8053d1aa0331e73c7e5b05058a840674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff937658859f12dfb294825b9b50f40c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6aa96873debf0b1e7620c24b337ec3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aacfab267656cac02c35cd7c0490ca8e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf70e9a3970965a378f78760d228e01.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dda7bfa2c6b736db45f18657201ec8b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4963886bbda210ea6f14160e425284ca.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d822e671ce4334dc7f5bbe2f9b0fb5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d934d243052096d6daa7338f5da477.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95180b99abc64523f264bdee4454afc9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062e0d0041e7a112359b0b6d8c4feb96.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec46023d5c9d5626613e127fe7a01db.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffb22f2b152f4a3a8ada16bb06e325a2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e320295660a925bd143b8487cd32d847.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9995c5b5dd4b1048e2c25d134449678a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1984d912e1c84484dc3b52311b09664.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1dae437449902547cd190abf784713.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1142,416 +1139,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568463</v>
+        <v>568555</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>115.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568470</v>
+        <v>568562</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568494</v>
+        <v>568623</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>1.0</v>
+        <v>287.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568531</v>
+        <v>568630</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568548</v>
+        <v>568661</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568555</v>
+        <v>568685</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568562</v>
+        <v>568708</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568623</v>
+        <v>568715</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>287.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568630</v>
+        <v>568739</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>125.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568661</v>
+        <v>568746</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568685</v>
+        <v>568760</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>9.6</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568708</v>
+        <v>568777</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568715</v>
+        <v>568784</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568739</v>
+        <v>568791</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568746</v>
+        <v>568821</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>76.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568760</v>
+        <v>568845</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
         <v>42</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>99.5</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568777</v>
+        <v>568852</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
         <v>42</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568784</v>
+        <v>568869</v>
       </c>
       <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>42</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568791</v>
+        <v>568876</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>47.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568821</v>
+        <v>568890</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>