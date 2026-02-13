--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -34,177 +34,177 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 09:39</t>
-[...11 lines deleted...]
-    <t>LCD WRITING TABLET 10"  LUO LU-A90</t>
+    <t>Lista gerada no: 13/02/2026 16:03</t>
+  </si>
+  <si>
+    <t>COPO TERMICO BRILHANTE COLOR - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BOROSCOPIO ARTICULADO SATE A-GL921 - 1M</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BOROSCOPIO ARTICULADO SATE A-GL931 - 1M</t>
+  </si>
+  <si>
+    <t>CABO RCA SILICONADO STORM - 1M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>STORM</t>
+  </si>
+  <si>
+    <t>SECADOR COMPACTO MEGASTAR SC-224 - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O - PULSO MEGA STAR HT570</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>SECADOR PARA VIAGEM MEGA STAR SC-320P - 1400W - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA SONIFER SF-1003 - 3L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6132 - 2 EM 1 - 1500W - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>TOSTADOR SONIFER SF-6007 - 2 PAES - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SPINNER VOADOR PTW CY-168</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
-    <t>CELULAR XIAOMI NOTE 14 PRO 5G / 512GB / 12 RAM / PRETO</t>
-[...107 lines deleted...]
-    <t>MIXER 5 EM 1 RAF R.340R - 2000W - VERMELHO/PRETO - 220V</t>
+    <t>KIT DE PANELAS MASSIMILIANO ML-6006 - 7 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>PROJETOR PEINING HY300 ULTRA HD - MAGISTV - WIFI</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>CH� INFUS�O CANNAFUSION CANNARGY - 10 SACHES</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOBA</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX M BOX S - 4K ULTRA HD - 512GB - 128GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6851 / VERDE / ELETRICO</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6845 / ROSA / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6813 / VERDE / ELETRICO</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV XH1202 12" / REC / USB / TF / CONT / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV XH1222 12" / REC / USB / TF / CONT / BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35e253ab377c27f14125bfdf983ff3b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a122771a379c5e42bbde55723e705f5e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e72c4a1e2a8cb127b24b682927a435.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8053d1aa0331e73c7e5b05058a840674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff937658859f12dfb294825b9b50f40c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6aa96873debf0b1e7620c24b337ec3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aacfab267656cac02c35cd7c0490ca8e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf70e9a3970965a378f78760d228e01.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dda7bfa2c6b736db45f18657201ec8b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4963886bbda210ea6f14160e425284ca.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d822e671ce4334dc7f5bbe2f9b0fb5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d934d243052096d6daa7338f5da477.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95180b99abc64523f264bdee4454afc9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062e0d0041e7a112359b0b6d8c4feb96.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec46023d5c9d5626613e127fe7a01db.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffb22f2b152f4a3a8ada16bb06e325a2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e320295660a925bd143b8487cd32d847.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9995c5b5dd4b1048e2c25d134449678a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1984d912e1c84484dc3b52311b09664.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1dae437449902547cd190abf784713.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f6a9ac61a6b1abed2067f70a4eaa1b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/664bb4e89e83868e3340bac54a19e705.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdaaa6678432e3b38c072380d71a508c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6b77525c546c6403ccb3b54139f3ca.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f4b04ef1c5146a9bbfa0b16de60404.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6800d6ff8362885afba19ce2ffdba455.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d0f8ae0add0e2d5e5c81076659fbde.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52bd8261dd21fc906738efa0af381d45.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b05fb2d4f75c7146187e9e44cf88d7e1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c130bb6d93ad19901398c261ab4e764.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402d35ceec7895ff51544d34aeb5f02c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ff15628e0a8be776bca92d8cb466e4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9545ef20278d36ba82b3afd4f8576180.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/436e68291e4ec81ed878257aaf564960.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2509b5e4d33413577a3d4ad04c415e48.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4e388a420db3ca005b10ba2e6fa2ff.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f182bfda83c9904ec0afd10404b6931.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b68e7a0cc08dccddac3a4e91c9505970.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0747227865a815f148d9901c4b3adaaa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705a1833d83a01d855785c07436f6f5c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568555</v>
+        <v>570916</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568562</v>
+        <v>570978</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568623</v>
+        <v>570992</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>287.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568630</v>
+        <v>571005</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>125.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568661</v>
+        <v>571012</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568685</v>
+        <v>571029</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>9.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568708</v>
+        <v>571036</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568715</v>
+        <v>571067</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>25</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>15.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568739</v>
+        <v>571081</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568746</v>
+        <v>571098</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>76.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568760</v>
+        <v>571128</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>99.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568777</v>
+        <v>571159</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568784</v>
+        <v>571173</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568791</v>
+        <v>571180</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>47.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568821</v>
+        <v>571210</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568845</v>
+        <v>571319</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>2.6</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568852</v>
+        <v>571326</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>2.6</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568869</v>
+        <v>571333</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>2.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568876</v>
+        <v>571371</v>
       </c>
       <c r="C20" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>47</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>5.5</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568890</v>
+        <v>571388</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>16.0</v>
+        <v>59.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>