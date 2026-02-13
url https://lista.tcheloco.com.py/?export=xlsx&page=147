--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,200 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 09:37</t>
-[...26 lines deleted...]
-    <t>Maq.Corta Cabelo/Barba</t>
+    <t>Lista gerada no: 13/02/2026 16:21</t>
+  </si>
+  <si>
+    <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 220V</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MOX MO-1 / BLT / VERDE</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LABUBU MA-13 / BLT / PRETO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH 10 PRO MAX</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-260BT / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDV740 / 7" 2D / M-LINK / BLT</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDV910 / 9" 2D / M-LINK / BLT</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16245G - CINZA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MIXER 4 EM 1 RAF R.3005 - 1600W - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F313 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>REFLETOR LED ECOPOWER EP-4917 - 30W</t>
-[...95 lines deleted...]
-    <t>FONE DE OUVIDO LUO LU-995 PORCO / BLT / LED / VERMELHO</t>
+    <t>RADIO ECOPOWER EP-F301 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F304 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F305 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F308 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F315  REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>MICROSYSTEM ECOPOWER EP-M702 MP3 / USB / CD / BIVOLT</t>
+  </si>
+  <si>
+    <t>Microsystem</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>MICROSYSTEM ECOPOWER EP-M701 BT / MP3 / USB / CD / BIVOLT</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15 / 256GB / 8 RAM / PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7ca2590eef013727254ce3fa139403.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd39b1e1865a65647c4b5a03e8afa2b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3ebd7865b7db19c377dbbe5e9b24935.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cdfda76610db4085e0d36c613d904f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac7a74a649628a98d38dc882d42d671d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc2d0098a77ebb5402fb78e3b6c59ae.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f179d6868b00f785885a4082604a4ba4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04aa30dc84f3108acad7d3e73ea37a84.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b3be37560a745bbde18f920da6c3ce9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4d7170df492678a394ec2157debf31.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c448d32207f393d5733b42351c6cef.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92284760e54ba59e1264b2e5042afb49.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a16ca514683443006f5cf4680058a59b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49586e3260635d0d5779ec9201bae03c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e90e223bf2369b35b36840d4c7c0e8e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6822b930833d8bc517e8848d20895c3e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa89307035a44a1a79ff72cfd5cd08f0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f587c7e2070041297b7371f0441e1be8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7389d420d731c04592c539f86a9b5209.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e4ccd2267107a118f709fd05dcf383.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00c00c44bec5d1978106a494590f11d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a6558af4f2f1d5295b5e4f63563576.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1e7e66dae52354c1144ab5c839844e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d54a2a6995cff6e0cea0570b838fac06.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ecf7b7ac9d7a0a8f93751e6cc29a79a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3f07389620d07492d3ea4f8b4e76e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf01e937491be3b89547efd774c263ab.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb46be417dbed4b885b31a7e59eb921.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49c2c4846fa77ed8ca60fb914ad91736.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f8fb7459e24f2192efdb2375242b078.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4026e83f34c16252ffac993de474b586.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acb6413940308a3e6d780dbf7374398.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf3a9835db9be8f9d2f15b17c6bc02c1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36312a943d631336a9f6bddb8e5ab4ef.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc16a2212c6dac29b59032790504c465.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372392f9e059496083600e4a60e2d067.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fd8f534ad954444371e0bcf8b7bd26.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b873a38e24a963820818a16affb44794.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b53fcf8a8111a31c8b9d0bbfe262505.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af459a3ef8cb9ed6cbe9eac299db6def.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568036</v>
+        <v>570466</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568043</v>
+        <v>570473</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>23.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568050</v>
+        <v>570497</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>35.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568081</v>
+        <v>570527</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568098</v>
+        <v>570558</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568104</v>
+        <v>570633</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568135</v>
+        <v>570657</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>60.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568166</v>
+        <v>570664</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>12.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568180</v>
+        <v>570671</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>21.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568203</v>
+        <v>570688</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>34.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568227</v>
+        <v>570695</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568241</v>
+        <v>570701</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568272</v>
+        <v>570725</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>10.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568333</v>
+        <v>570732</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>72.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568456</v>
+        <v>570749</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F16" s="3">
-        <v>97.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568463</v>
+        <v>570756</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F17" s="3">
-        <v>115.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568470</v>
+        <v>570763</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568494</v>
+        <v>570770</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>1.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568531</v>
+        <v>570886</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568548</v>
+        <v>570893</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>142.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>