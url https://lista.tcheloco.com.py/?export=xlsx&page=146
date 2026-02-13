--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 10:38</t>
-[...2 lines deleted...]
-    <t>ASPIRADOR ROBOT BAK  BK-V10 -  BIVOLT</t>
+    <t>Lista gerada no: 13/02/2026 17:36</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO DRSCKN - SUNLIGHT 18417</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR RAF R.1275G - CER�MICA - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 220V</t>
+  </si>
+  <si>
+    <t>BANQUETA ESTOFADA LEVEL LVS-007 - PRETO</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR WADFOW WUY1503 - UNIVERSAL - MESA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 PRO 5G / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT SWEEPING XM900</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
-    <t>BAK</t>
-[...55 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>JARRA ELETRICA MOX MO-EK23 - 2L - AZUL - 220V</t>
-[...62 lines deleted...]
-    <t>MOTO ELETRICA FOSTON X14 MAX - BRANCA</t>
+    <t>CELULAR XIAOMI REDMI NOTE 14S / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CHAVE DE IMPACTO INGCO CIWLI20236 - 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>INGCO</t>
+  </si>
+  <si>
+    <t>TV 75'' SMART LED MARSON MWB75 / WEBOS / 4K / AND</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MARSON</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER PROSPER P-3301 - 6L - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER PROSPER P-3301 - 6L - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>ARO LED PROSPER M-33</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>ARO LED PROSPER U200</t>
+  </si>
+  <si>
+    <t>BATERIA PARA PATINETE FOSTON 7.800MAH ORG</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>ALISADOR MINI PROSPER P-1131 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>LIXA DE UNHA PROSPER XSUV-709 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ASPIRADOR DE P� PARA UNHA PROSPER M101 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X14 MAX - VERMELHO</t>
   </si>
   <si>
     <t>Motos el�tricas</t>
-  </si>
-[...1 lines deleted...]
-    <t>FOSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f9f0d3f01f9c72a5775097eb6911b4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f19e1f27fa245e0742b0fb57065b9f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8833ea7c0428ce53c16741e5c6ac2772.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbdec3f248ff8eb2c2b8f7317642dbb2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c16772ccf618ad8e625107e92624ead.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af37fcec6ff945467bc7adeb52f4b4d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa109d8648162833fa3f824ffe13d267.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f62e30813f868d67a6c3abb62651d9d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaef869640a13446e39d026a23872529.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c53b40ecb0a52ce373b0e8f23d98a9d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ec006cd46bb01fb44382f7e0b5f83a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ac253fb573e1496d036b43a3835773.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e3a66193faa8ea8882c8b95bad4d1d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ad11bd1c54ae4395a9a71d6d0599ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b161fb5aa4896c1e483a779f9192b2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e34d794ab5604af7f62701ef2f31fc6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1406e2370896afc6d8ab8f6bdf404cc4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82de1cc0e4d52914be6ad08efe59730.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592fabc34c705100413f15ddbbe258fe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a62bd46e8e50eae251389a16c841d3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721adfa52fa9013adeb183347ba442aa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf74ed38e7aec3612563c4d9c0ae4f6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2b87d68ebb59877e83a8de1a2d8d801.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311414609c583a1a378b6720e2626d25.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d0759ccb75b9f7ac9471e6bc039efa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92eb4ac0dc8c215584110f382b94a139.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907ffd81a1f1e66bbb465febbd896bb7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad13af5d37dbac95d1e3149fbdbf9b9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00771ed53b6bd93a1a4e6ed1c88ae49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3465ddceb0351402c1a487751b17186.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5d137aeae4c8d9e0fc49ad703835c7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1c611272e5f1383c2e234dafe7554e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae5e32341473ce12320172b04df09804.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1a7c72ea35d08e717a585be39a3b5ef.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6020365add28c1a9090bddcea094414.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576edf1585a5664453d7c509394d2526.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8425b9c5444eb65ea87afd39f72a3f37.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05186cf5b32b7c87252a2e4374c49781.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c92d3b2f87c2fba2f48cd5b464693ec.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ff82928d52641b0cbe13a0f43605cf.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567671</v>
+        <v>570077</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>59.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567695</v>
+        <v>570084</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>37.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567701</v>
+        <v>570091</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>40.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567725</v>
+        <v>570107</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567732</v>
+        <v>570114</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>28.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567749</v>
+        <v>570138</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567756</v>
+        <v>570176</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>20.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567794</v>
+        <v>570206</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567831</v>
+        <v>570220</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>189.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567848</v>
+        <v>570268</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567855</v>
+        <v>570329</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>575.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567862</v>
+        <v>570336</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567909</v>
+        <v>570343</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>17.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567916</v>
+        <v>570350</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567930</v>
+        <v>570367</v>
       </c>
       <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>175.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567947</v>
+        <v>570374</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>52.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567954</v>
+        <v>570381</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567978</v>
+        <v>570398</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>79.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567985</v>
+        <v>570411</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567992</v>
+        <v>570435</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>489.0</v>
+        <v>508.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>