--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,203 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 11:11</t>
-[...5 lines deleted...]
-    <t>Ferros</t>
+    <t>Lista gerada no: 13/02/2026 17:52</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J12 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>FRIGOBAR BRITANIA PFG95N / 76L / 220V / 50HZ / BRANCO</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>BALAN�A PRECISAO SUNLIGHT 13302 - 200G</t>
+    <t>GLOBO DE LUZ LED ECOPOWER EP-L105 / 80W / BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - XW-601 - 40W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - YB-706 - 80W - BIVOLT</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8772 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8771 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>CANETA LASER 1 PONTA - TITAN TL-1010</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA ECOPOWER EP-B102 - DIGITAL - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PRECIS�O ECOPOWER EP-B101 - 500G</t>
   </si>
   <si>
     <t>Balan�as de Precis�o</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...35 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>BALAN�A BAGAGEM ECOPOWER EP-B103 - 50KG/10G</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR PROFISSIONAL ECOPOWER EP-M092 - DIGITAL</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.2828 - 1800W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR 2 EM 1 RAF R.2822R - 220V - VERMELHO</t>
-[...65 lines deleted...]
-    <t>SECADOR MOX MO-HD4002 / 4000W / 220V</t>
+    <t>ESPREMEDOR DE CITRICOS RAF R.613R - 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>TV SMART LED 32'' MTEK MY32FSPH / BLT / AND / WIFI</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>HONOR</t>
+  </si>
+  <si>
+    <t>BATERIA LR44 WADFOW WJX2K44 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>SECADOR DE AR ECOPOWER EP-3535 - 2500W - BIVOLT</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>MOX</t>
+    <t>MODELADOR DE CACHOS ECOPOWER EP-3572 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>CANETA OPTICA LUO - PRETO</t>
+  </si>
+  <si>
+    <t>LUO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63ce6a9ed0c1a9bafab7394a883b2558.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62dccf65d1bc2991c9f76d26d132c992.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9224ba365a3ffabf1a1e39ca52f35776.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73f6acc2a0e477945206b6caab618965.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f535f05985e5bb53a9b936adbf63165.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba822d59b63fa2abddfbcbe2d0d8edd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0619b77b11c16875a8a42ee5f53804a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f761ec3d11d743ee25a947ee1bb5d7d2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab98eb0c10cd791110b0d7f4f1fc7cc0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dac5464e9dbd1040a2795393e3f2a41a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e77a9e07d04868557af9809c6af30573.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d883c69824e7f8aec18da60331f1e7c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8dabdced3033f65bb236f567ca0765d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ccb16ac075227005296591562eaec1f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/747536dc2da96480ce6fa361a385acdd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a50e6908e7a43cdf660a485456204a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb7a1d0492436cf927d89f24d474f18d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee55b34ef0b96a582e1cea456b3c29af.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8afd2889612e7af1877179c7ffb444da.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1242e222e98778c1a227ab2801fe967.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aac86f7cb4c662311bdb36962a39182.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/507285af1ce03b3d995d25071c65584e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59557201eeed2a553a43a6afa6a91589.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407e28f840c702b8ca7c75df832aa9d4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e95af90bf82a68b0332619b821378b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f841af9658289872796b4502cda12cb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecdc2847d7211983bfe95c08f62bbe04.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4062c77891dbf90a4cb5f8f4493bab8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4498d4d71b4c6d71eb79a4ae38a34e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4792c58d024ceaabf37a23af181a8b86.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e77fdf9c352ac4e53eeb7200521092e1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07e545716b64f693ed034d82eb814c6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b507250618933e3012b17001735a8a4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8d91d3178d10ec30d4addc26037182.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c16616b35341e743dfa15a4e594da6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d75937eebb44d7371f2f76a5862270.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb2749e3e9310da17ee49dea639683db.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0597ebf79d190805b12f7c6a30bcd2fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc9c84f9e119fd14cec20d6312638cd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00441d2ee5c47e834b25eaa0df95b3eb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567114</v>
+        <v>569606</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567138</v>
+        <v>569620</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.6</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567152</v>
+        <v>569651</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>28.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567169</v>
+        <v>569668</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>28.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567183</v>
+        <v>569675</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>9.95</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567190</v>
+        <v>569682</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567220</v>
+        <v>569699</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>65.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567237</v>
+        <v>569712</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567251</v>
+        <v>569729</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567275</v>
+        <v>569736</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567312</v>
+        <v>569743</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567398</v>
+        <v>569750</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567404</v>
+        <v>569798</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567411</v>
+        <v>569804</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567428</v>
+        <v>569811</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567435</v>
+        <v>569927</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567466</v>
+        <v>569934</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>32.0</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567480</v>
+        <v>569958</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>199.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567527</v>
+        <v>570015</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567534</v>
+        <v>570022</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>7.75</v>
+        <v>2.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>