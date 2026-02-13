--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,191 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 13:00</t>
-[...41 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 13/02/2026 19:23</t>
+  </si>
+  <si>
+    <t>CARREGADOR XO XO-L99 COM CABO USB - LIGHTNING / BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CABO USB 3 EM 1 XO XO-NB230 / V8/LIGHTNING/TIPO-C</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XO HN238A / 30W / 1 USB / 1 TIPO-C / BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.340R - 2000W - VERMELHO/PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>CAPA PROTETORA PARA CELULAR XO-KT01 PROVA D'AGUA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LEITOR DE MEMORIA LUO LU-2003 MICRO-SD</t>
+  </si>
+  <si>
+    <t>Leitor de Memorias</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>COLHER DE PEDREIRO FONTOR QZD-7 - 7"</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MOCHILA CAMUFLADA 14429</t>
-[...50 lines deleted...]
-    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M16</t>
+    <t>KIT BROCAS FONTOR 182229 - 10 PCS</t>
+  </si>
+  <si>
+    <t>TRIANGULO DE SINALIZACAO OM-18870</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 20CM OM19046-1</t>
+  </si>
+  <si>
+    <t>ESCOVA KIT 5 EM 1 ONIDA ON-7070 - 110V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-350 BARBEADOR SHAVER DIG / REC / LCD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA DEPILADOR VGR V-611 - 3 EM 1</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-166 BARBA/CABELO PROFISSIONAL / LCD</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>SPEAKER JVC XS-KY7213B / BLT / IPX6 / 110W / 60W RMS</t>
-[...14 lines deleted...]
-    <t>BONECO PELUCIA CHAVEIRO LABUBU</t>
+    <t>AQUECEDOR MAGEFESA MGF1238 - 2000W - 2 NIVEL - 220V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
+  </si>
+  <si>
+    <t>MAGEFESA</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MAGEFESA MGF1662 - 800W - 2 NIVEL - 220V</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO BLACK+DECKER 12000BTU - 220V/60HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>BLACK DECKER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO BLACK+DECKER 18000BTU - 220V/60HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO BLACK+DECKER 24000BTU - 220V/60HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>COPO TERMICO CAPIBARA - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1325d857a76987e53e51c76e4d05e8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2dbb1274a88d2bcfcb91ae995c70c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b72b8060cc047a21bd14ac7665d28218.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083cd12e227d0f2ab2e94d4550c5afe9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0222438302e4ae79baca3234babbeffc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c0fc425600c8a40817ad2c16585ee3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0392b0271ba002b802bd8211c515ae1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc30e03b435e8365070fe6f6156f2ab1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86e8bd15e8ff525f1908fcff3bca5844.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33139991a3332403e61ed49400ed112.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9b43722968a0a200d9d710c739d6dc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1750fe84d285fb4923b21ac20ffaa1a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72fb6597152518f84ce3b15bcd30e4d6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa4e74f3ca5958f73f6a2126366d34e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27cc22aeee696d6330179c683b184e24.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9ddc762ba84cb58817a781db7d010e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572a370ad7b4798251940a9a6e3e12fd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2fc38edc7f867820504e6affc2fdd1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8956a3042664b595e9becb09be0ccc2f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e63ff176e01715430626eb6287b94201.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49f8d549d0434cfaffbd0826a9db6ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9b4ec799743cdfde3c47d0f6b31410.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebdcac9926e425a1e8d2c540ffc2163b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c9bc972229ae0194fc6c026034c1867.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c0fcb2e3eac78e93e5cd911049b37d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3e179d350a4ee9324bebe319d6cf18.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/472164ee599dad5750c3842a641fcdd6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c0aafda07d8e803f356fc6addb31c2a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e90923ec08a566899dcb6b907063c3a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070d007d941c59e34f6b8990d47dfdca.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/858c38efcef70bb5c2865c8d3f470283.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7eba977292e9ee60d08087c47e0b92.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5193078d1d938b5a28848a049075fc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d485146bf0fb737d5dcf8d135eb19a96.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e5a66743a0283b14a900459015b9d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5a55d8e5805761c364871ceef2ce62.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e1b073007c8373d0c8e938755dbddb0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/210814c452e28e15a3725381df0b0c5c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c06ff279eba64e0f10be136e5629800.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d2d775c2d0c006bb52458666bd317b0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>566162</v>
+        <v>568852</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.8</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>566179</v>
+        <v>568869</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>566193</v>
+        <v>568876</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>566216</v>
+        <v>568890</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>566247</v>
+        <v>568913</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>566261</v>
+        <v>568975</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>17.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>566339</v>
+        <v>568999</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>566346</v>
+        <v>569002</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>7.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>566391</v>
+        <v>569040</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>23</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>7.6</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>566414</v>
+        <v>569057</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>566438</v>
+        <v>569095</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>16.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>566445</v>
+        <v>569101</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>566452</v>
+        <v>569118</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>566469</v>
+        <v>569125</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>3.5</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>566476</v>
+        <v>569149</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>3.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>566483</v>
+        <v>569156</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>5.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>566490</v>
+        <v>569163</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>13.5</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>566551</v>
+        <v>569170</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>125.0</v>
+        <v>425.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>566605</v>
+        <v>569187</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>45</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>268.0</v>
+        <v>580.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>566636</v>
+        <v>569200</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>