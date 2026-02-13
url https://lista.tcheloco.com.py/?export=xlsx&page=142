--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,200 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 14:10</t>
-[...14 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 13/02/2026 20:42</t>
+  </si>
+  <si>
+    <t>CAFETEIRA 3 EM 1 RAF R.1950 - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>CONSOLA PORTATIL INOVA BOX GT-1000 - 300 JOGOS CLASSICOS</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>TV 43'' SMART LED MTEK MK43FSGF / FHD / GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>MONITOR CURVO 24" HYE HY24VIEW165 - 165Hz 16:9</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4929 - 50W</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H139 - BLT - TWS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>OTG TIPO-C - USB</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KIT DE CANETAS PERMANENTE DUAS PONTAS - 80 PCS</t>
-[...41 lines deleted...]
-    <t>Ferramentas</t>
+    <t>FONE DE OUIVIDO LUO LU-995 PANDA / BLT / LED / PRETO</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-995 PORCO / BLT / LED / VERMELHO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-995 PINTO / BLT / LED / AMARELO</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10"  LUO LU-A90</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD SE 8.7" / 128GB / 4 RAM / 4G</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO/MICROFONE PC GAMER SATE AE-303</t>
+  </si>
+  <si>
+    <t>Gamer</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>COPO MISTURADOR ELETRICO AUTOMATICO CAFE-630</t>
-[...59 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>BALAN�A DE COZINHA SUNLIGHT 13300 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.3970 SHAKE 600ML / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA HGDUE HG-7629 - 45 LEDS</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>CARROSSEL CON SPEAKER - SATE WH-E11</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ROBO SPACEWALKER COM SPEAKER - SATE WH-E03</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS MARYLAND MR-G404 - 4 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>CARREGADOR XO XO-L99 COM CABO USB - TIPO-C / BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>XO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2ad02e1111e4acef0cf445de5eb329.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1297cccf84bcbc718026c4431aa55bd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2970ad26713f5145980b3ba97c7c7a96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/068d938320f944d143d9db4e7f005769.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cb89d82597cb25353170e3156ab757c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/173ad7d41dfaec1b756834c41ec71b67.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d648e64316302455dd5a86d947b2733.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a75db24c5656d8df90d36e0b022a95f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea8010d409609b45d1e41aba3d0c5ef3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae446da67ba9bac19c577ad6d1fcff9c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a618cb21433cfdc9d1a044b4a5e9f3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1628e7465b4e5b399cc286dbd58f3468.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c67717f5f1b488776a5010c63c16f54.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a2dc05fcb70202e8a48064fa64ffd9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd782a59b6d0c45b510ba9090480a2f4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d3f4126559a448cfe2f85b174c4ccde.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca73859381ddd33df8427be4884a92e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0de5c55c11e2a65f64d3fa1614b4787.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2feba95528d41476af5c23418cd51fa1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e1be5f482d1ed128ebb56d0f04c1b6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8399c1fb85ba3ce85fce419a51134ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33497b64e3bace0fb49ed2de84dc65b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c9ae8156fe65bb1b46ec95729d073f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b05c9117bb20d346fa62d946dc978dde.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a122967115a05d69cc3a975e451c1a38.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fefd7c250fa1bd6839aa4971887b98f9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4588195958de584b61d2e1f02669a5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa78c3883db44be20bcf05d64ad0c42c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819bbf912ae7c6f7f763fba25ed3120d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6cae66407fa3fc4e01cae6968f84d33.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79352c01b5c0d11f018164cbc951743b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf36bb35cc1843fde9e0bc394feaad0c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7876e3fa0410407f9b79edec4cbe1e06.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/688011f9b4ef96005f990d94b96eb2ea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0705c03f2aa5bfdefccaf67edbd10da.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ec6db71f4b92c06d3c46b0fba35410.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eadb0fbc3f0aae54931386021c77c91.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e9d9abf93ad0817d723d27c301d4d3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db2cfb7b01cd2623c381548314213ba.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09263d53f8398406e16f6512791c76f8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>565714</v>
+        <v>568333</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>170.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>565745</v>
+        <v>568395</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>565752</v>
+        <v>568425</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>565783</v>
+        <v>568456</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>565820</v>
+        <v>568470</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>565868</v>
+        <v>568487</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>565905</v>
+        <v>568494</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>38.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>565912</v>
+        <v>568531</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>27.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>565943</v>
+        <v>568548</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>23</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>42.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>565950</v>
+        <v>568555</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>565981</v>
+        <v>568562</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>7.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>566001</v>
+        <v>568630</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>566056</v>
+        <v>568661</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>57.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>566070</v>
+        <v>568708</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>566094</v>
+        <v>568715</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>566100</v>
+        <v>568739</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>566117</v>
+        <v>568777</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>566124</v>
+        <v>568784</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>566162</v>
+        <v>568791</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>2.8</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>566179</v>
+        <v>568845</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>2.6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>