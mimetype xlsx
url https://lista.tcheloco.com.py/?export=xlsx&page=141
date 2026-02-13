--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,194 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 14:44</t>
-[...5 lines deleted...]
-    <t>Smart Watch / Fitness</t>
+    <t>Lista gerada no: 13/02/2026 20:43</t>
+  </si>
+  <si>
+    <t>SECADOR + ALISADOR MEGASTAR GWB056KIT - BIVOLT</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FRIGOBAR WHIRLPOOL WUC2205D 128L / 110V / 60HZ</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI MI MJSXJ21CM - C700 / 360� / BRANCO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>DRONE S199GPS - DUAL CAMERA</t>
+    <t>FONTE CARREGADOR XIAOMI MDY-12EH - 67W - USB - ORIGINAL</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>FORNO MARYLAND MR-855FD - 55L - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>MAQUINA BARBEADOR ECOPOWER EP-381 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X14 MAX - BRANCA</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X14 MAX - PRETO</t>
+  </si>
+  <si>
+    <t>SECADOR DSP 37093 MS PRO DRYER - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>DSP</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS DSP 20579 TRIPLO - 220V</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>KIT BELEZA DSP SUPERCARE PRO+ 80156  / ALISA, MODELA - 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ECOPOWER EP-2801 - 220V/60HZ</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4917 - 30W</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4918 - 50W</t>
+  </si>
+  <si>
+    <t>ASPIRADOR BRITANIA PAS70 - 1800W - 110V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO - 2 BOCAS WINNINGSTAR ST-9639 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA STITCH GRANDE COM MANTA - ROSA - LILAS</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO - 2 BOCAS WINNINGSTAR ST-9638 - 220V</t>
+  </si>
+  <si>
+    <t>DRONE M3 MAX - DUAL CAMERA</t>
   </si>
   <si>
     <t>Drones</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...104 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>MAQUINA DE FAZER YOGURT RAF R.14400 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ae77f5f82692f57e09f17a196b1a54.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e5a756349e1192fe8417072784dcf0d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5788421411b22be42e1e55221133bf5b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea021c125a518e1f69d6999f21275a35.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60c29eae00b1cb640b6a762ffd83088.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37a4f73c1738c6e6d636bf37e1d866e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84870d8f71606217fd815bccb4d9316d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/948303037b7d29b210021f5f5c197439.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0717be5db246c161b3cd35c483c3919.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d9693e6365bd7fe9dab7756f9b29d20.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c7d94dd5cf4348f592257506a450203.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8062871099e0337583093411d57e55e5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea88cc7a2c152c891b3102d19e5d98f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b91356849f49b36cca757b456a2511f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b03ae3e8c63088fc173dac234883945.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405841782cb45fe429dcca29fc8e1e14.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abb887d7603004d9df93e4b898b265d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22c4ab4509d8b9e7219818960377d32f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f6a121268e22cdf71cf4a127c3afda9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a7f04e62560941abbba4e11d79d2b7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81c97df6cf1c4b0cf51301e6b1cb2bef.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa0ad0c2a508b369f2f927c6882f2488.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48b7ffb9a9e0f81dc310dff91d25613.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84fb19addc5dddca809bf0badff2f055.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d91e501347c7f86b155312f75068b71.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f20f535ac581ae7edd7cc598bcaf02f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f82f024813e0bf1422fcdc3977b9c90.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0701d161b708c5b24ccfde652f9f8bca.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca198a04c8d498139c249a17d459f043.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30f62d509953e7d9df78af27d8040b3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c747cdf471ec0fd032654f79e1322e20.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ca1569bde9192200f993982e1c9984.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2cf5f151d5d478a7eddf2aacbcda7f0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c3c292bed0edaa9098ab6cc3b5bb66.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf7d98b35272ffb8620134dc856d7eb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1d5cd51ba5b1f24b8d189f6a55fb6d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad1438b101c7658d7973857f5920237.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852f1e18ca1b40196bd82e4b45c4225f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8370ad7589387e235e5fe9a2854b5e54.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71f4e8ec26afb1de8f568ee1fed3423.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>564991</v>
+        <v>567916</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>565332</v>
+        <v>567930</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>77.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>565363</v>
+        <v>567947</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>565370</v>
+        <v>567954</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>27.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>565387</v>
+        <v>567978</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>24.5</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>565394</v>
+        <v>567985</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>27.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>565400</v>
+        <v>567992</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>19.5</v>
+        <v>508.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>565417</v>
+        <v>568005</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>28.0</v>
+        <v>508.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>565424</v>
+        <v>568036</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>34.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>565448</v>
+        <v>568043</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>28.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>565509</v>
+        <v>568050</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>29.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>565530</v>
+        <v>568081</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>565561</v>
+        <v>568098</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>0.95</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>565578</v>
+        <v>568104</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>1.2</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>565615</v>
+        <v>568135</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>2.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>565677</v>
+        <v>568166</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>48.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>565684</v>
+        <v>568180</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>565707</v>
+        <v>568227</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>565714</v>
+        <v>568302</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>170.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>565745</v>
+        <v>568326</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
         <v>47</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>