--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -14,212 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 16:01</t>
-[...32 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>Lista gerada no: 13/02/2026 23:17</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE CANO COM DOBRADI�A - X4 PRO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MODULO TARAMPS TS-1200X4 - 4 CANAIS - 2 OHMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>MALETA PARA NOTEBOOK COMPACTO 17.3"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>TABLET XIAOMI REDMI PAD 2 - 11" - 128GB/4GB - CINZA</t>
-[...2 lines deleted...]
-    <t>Tablets</t>
+    <t>SECADOR MOX MO-HD4002 / 4000W / 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MALETA PARA NOTEBOOK COMPACTO 14.6"</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO MEGASTAR MICWR8 - ADAPTADOR - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>TIARA "STITCH "</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>TIARA "CAPIVARA"</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT BAK  BK-V10 -  BIVOLT</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2263 / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2265 / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1923 / USB / SD / FM / BLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA XIAOMI BHR9539EU - 220v</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>CADEADO CARTELA 25MM -  12 PCS</t>
-[...92 lines deleted...]
-    <t>KIT DE CUCHILLOS KITCHEN KNIFE ER-0588 - 6 PCS</t>
+    <t>ESCOVA 3 EM 1 ONIDA ON-383 - BIVOLT - PRETO-VERMELHO</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>RADIO CAR PIONEER SPH-C10BT USB / BLT / SMART</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>AQUECEDOR UTILUX 400W/800W / 220V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MOX MO-EK23 - 2L - AZUL - 220V</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MOX MO-EK23 - 2L - LARANJA - 220V</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MOX MO-EK23 - 2L - ROSA - 220V</t>
+  </si>
+  <si>
+    <t>SECADOR + ALISADOR MEGASTAR GWB055KIT - BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cefc065fb7f90a6d1498c9ef3ef912a2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7e6aa8f2e1da2a31769ba8f8872e3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff2f57771d3e3d4a15cb34d0d497162.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4808cffb6b8393a1e41335fc2c5367c8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bcbd8bd6672e79bff69fbf5546bce7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0630513826d4acc3f7a3900dd4e95fc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911517fb891ee63a52ef126793ff73c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54fa8562afc6997c36259dccd06736d6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a9c7a20507918432ae4e35c3b33237.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a06430649243065037e4f6ec32eebb0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae15f59e7d7622f79b6a4b440feaf8a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60fe5df885e3916c3e8da00cf5a2b79.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0132169eb95005f999f67a9e4ae0b1f2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc3c75731e43b6616d7914c41d38422f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ebe786c007026f536fa403211c6d6e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48c8d729010c6f779cd813abaad2fd55.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/647bb75848af6bf76bf9f052ddea3d8f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fabf44d8b1423ad0a33e32e19c8622d1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea03d9f953baab8f585ebdb991f87bf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d06ba4a80367a3f5555a969ebad1f3f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac133863d0666a4a2dbf95f01f466d9f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b218f6bc758f2bf6a7959a42263e643.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e313bb71c4f71e3a5be2d0206997dad2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6594b51ff3c1e6e28d25d45c009c32.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8229efab2cde2e28522e9b0fea2971d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a01219fe8fe9d13420c39fe13d5e6ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566e51a91d17bb7bfb9b220b39e5aea6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a667bce4f7df41c49cdcb6ba454f8f3a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ba01e3f3b2281485603527218a5e25.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0497f3f5f2f381d9acb1079f11c952ae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b2995e9635708cdd92d48af6159d3f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790334fa055b4a5ed128373f148f882f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2317bf2a8e82fde9c023afa351424550.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850114409342c6926afb7795f2be34ea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298431742dce4ff4db1a40d08d1eead2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a8473aef2845d6753a6895ce368d91.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4116ced0849f13aafe993e8a72903af.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32b6f4e55cfbe3bfbbed5ca194c4cb6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c627c72526851c85df6ff54a1d6df0cf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d22d999058b7e07b6db9989fbd00be89.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>564090</v>
+        <v>567466</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>564151</v>
+        <v>567473</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>564199</v>
+        <v>567527</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>564205</v>
+        <v>567534</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>564243</v>
+        <v>567565</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>135.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>564274</v>
+        <v>567572</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>4.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>564281</v>
+        <v>567626</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>564298</v>
+        <v>567633</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>564359</v>
+        <v>567671</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>564373</v>
+        <v>567688</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>564403</v>
+        <v>567695</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>564427</v>
+        <v>567701</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>564441</v>
+        <v>567725</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>564458</v>
+        <v>567749</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>564472</v>
+        <v>567763</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>3.3</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>564489</v>
+        <v>567794</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>564496</v>
+        <v>567831</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>9.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>564502</v>
+        <v>567855</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>4.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>564526</v>
+        <v>567862</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>564533</v>
+        <v>567909</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>17.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>