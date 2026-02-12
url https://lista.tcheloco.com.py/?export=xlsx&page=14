--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,203 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 03:18</t>
-[...14 lines deleted...]
-    <t>PILHA RECARGREARVEL MOX AAA 2300MAH / 2 PCS</t>
+    <t>Lista gerada no: 12/02/2026 16:47</t>
+  </si>
+  <si>
+    <t>CABO DE FORCA (PADRAO BRASIL)</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER SATELLITE AS-677U - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-8905 12W</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5927  12 W - BRANCA</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECO.P 5929  18W/E27</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F91B - BATERIA - SD - USB - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE GLICOSE CODEFREE</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>I.SENS</t>
+  </si>
+  <si>
+    <t>TEST MEDIDOR DE GLUCEMIA GLUCO CODEFREE / 50 UNID</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-260W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>WAFFLERA MONDIAL GW-01 WAFFLE MAKER - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R04 - PADRAO BRASIL</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5915 - 50W - E27 - BRANCO</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR  RX-188BT 4B / SD / USB / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA WAHL 12 PE�AS ORIGINAL - MINI PRO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6608 - 2800W - 110 - PRETO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F80 - BATERIA - USB - SD - BIVOLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F87 - BATERIA - USB - SD - BIVOLT</t>
+  </si>
+  <si>
+    <t>TECLADO SATELLITE AK-910 - USB</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 2300MAH / 2 PCS</t>
   </si>
   <si>
     <t>Pilhas Recarreg�veis</t>
   </si>
   <si>
     <t>MOX</t>
   </si>
   <si>
-    <t>FONE ROADSTAR RS-101EP  BRANCO</t>
-[...107 lines deleted...]
-    <t>CABO DE FORCA (PADRAO BRASIL)</t>
+    <t>PILHA RECARREGAVEL MOX - AA2 - 2600MAH</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6765c666ae496214dfd3fa675cbbd28.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/017e5cc76e0913f5cd7103990b849dac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429cf347e05e744e11fd894763ef3ced.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f6c8ccedca85a7390ef8d91b476d37.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbe2fcefd65396732f87b1067d8440c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bb9b4a1ba43b934a0210c5317a95153.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6258a32ea467be1b879ac4b34ac01d5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc74fb75b2fe7bf695a2bf7addfde244.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a98147f240c71e7dbcdca8b2fdc2d4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d01d6b1e9bdaef113a66b5e863e5fa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9edcdc2c10c2bbf4c4979668c1ae6fc7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d80b1a0ff3726569a2bf9e74aa8e9f3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b78e177f7e0bac8a104e1bade67d107.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387a300739e5201a0dc4946883bc8591.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03f52798610147b19f810f37cdba9a8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf1ab07b6485328db7a34574716b2965.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/466c7f597642678e15985f079572d0fd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8be9a279c1aadcc0376510b5c20c6dd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e214d1130138c5efc63ed0b3ac5656.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483f72dbf1760367e4cb1eb3ae0deb71.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12b9ab575fd6f5761524050be7e481a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4817b72585ac94af8d50991895098df4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacd3a36469746580fe1c302b0711cc8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc3415d2182981c304680e46656615e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60bf230d70a0575ac09be6ac2f7b282.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ba542c245242f64a798764d84af6ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b4f96117c7a54d70006907abbdc9fb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379ea3eef7881abad97e5cd49cc1045a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4af80877879155e4e3784e6ff41398c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df653d45eb1002cb0a7d4b763721516f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ff30aae5d0cf8510123bbb365fa4f0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34faa3e6348dbda3f2f5b0c374bf3cd5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df3afb450055a42cfb2f805ffbf2d8fa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a13271b4c42e19fc3e397946e470c8f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d0919c4d9292f2888ce9c078352828.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18d25f46b140c5c5bdda9205308f41c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3fb31998fdfcff9dd13bb9573b67c5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255084619f696920312a21eef033405a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e691ed8cc184f633982cc80e0ff93f74.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e053170fc4a25e145ca685e7a2786af.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>297653</v>
+        <v>308304</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.5</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>297660</v>
+        <v>308311</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>298186</v>
+        <v>310451</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.8</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>298803</v>
+        <v>310857</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>0.7</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>298827</v>
+        <v>310871</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>15</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>0.7</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>298834</v>
+        <v>310925</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0.7</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>298841</v>
+        <v>311625</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>0.7</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>300070</v>
+        <v>311632</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>30.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>300087</v>
+        <v>311670</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>29.75</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>300834</v>
+        <v>312363</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>302630</v>
+        <v>312578</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>303873</v>
+        <v>314701</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>7.8</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>303880</v>
+        <v>314961</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>7.8</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>304818</v>
+        <v>317092</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>305303</v>
+        <v>317108</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>1.8</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>307451</v>
+        <v>317306</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>3.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>307710</v>
+        <v>317368</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>308007</v>
+        <v>319393</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>6.5</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>308236</v>
+        <v>319614</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>23.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>308304</v>
+        <v>319621</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>1.0</v>
+        <v>2.05</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>