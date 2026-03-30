--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -34,186 +34,186 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 16:47</t>
-[...2 lines deleted...]
-    <t>CABO DE FORCA (PADRAO BRASIL)</t>
+    <t>Lista gerada no: 30/03/2026 18:13</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ROADSTAR RS-108EP / LILAS</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ROADSTAR RS-108EP / VERMELHO</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL DG-01 PRATIC SHAKE / 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CABO KIT PARA BIXENON H4</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONTE SCOOTER - SMART BALANCE WHEEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-228 - BRANCO</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>RADIO AUTOMOTIVO ECOPOWER EP-603 - SD- USB - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ADAPTADOR ALL IN ONE - PAT200930196087</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL ONIDA ON-2121 2 EM 1 / RECARGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR CITIZEN CUN60 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>CITIZEN</t>
   </si>
   <si>
     <t>SPEAKER SATELLITE AS-677U - USB - PRETO</t>
   </si>
   <si>
     <t>Speakers P/Pc</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>L�MPADA LED ECOPOWER EP-8905 12W</t>
   </si>
   <si>
     <t>Lampadas P/Embutir</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>L�MPADA LED ECOPOWER EP-5927  12 W - BRANCA</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>LAMPADA LED ECO.P 5929  18W/E27</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F91B - BATERIA - SD - USB - BLUETOOTH</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
     <t>MEDIDOR DE GLICOSE CODEFREE</t>
   </si>
   <si>
     <t>Medidores de Glicose</t>
   </si>
   <si>
     <t>I.SENS</t>
   </si>
   <si>
     <t>TEST MEDIDOR DE GLUCEMIA GLUCO CODEFREE / 50 UNID</t>
   </si>
   <si>
-    <t>WATERPIK WP-260W - BIVOLT</t>
-[...7 lines deleted...]
-  <si>
     <t>WAFFLERA MONDIAL GW-01 WAFFLE MAKER - 110V</t>
   </si>
   <si>
     <t>Wafflera</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>FILTRO DE LINHA SATELLITE A-R04 - PADRAO BRASIL</t>
   </si>
   <si>
     <t>Filtro de Linha</t>
   </si>
   <si>
     <t>LAMPADA LED ECOPOWER EP-5915 - 50W - E27 - BRANCO</t>
-  </si>
-[...49 lines deleted...]
-    <t>Carregadores, baterias e pilhas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12b9ab575fd6f5761524050be7e481a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4817b72585ac94af8d50991895098df4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacd3a36469746580fe1c302b0711cc8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc3415d2182981c304680e46656615e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60bf230d70a0575ac09be6ac2f7b282.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ba542c245242f64a798764d84af6ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b4f96117c7a54d70006907abbdc9fb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379ea3eef7881abad97e5cd49cc1045a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4af80877879155e4e3784e6ff41398c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df653d45eb1002cb0a7d4b763721516f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ff30aae5d0cf8510123bbb365fa4f0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34faa3e6348dbda3f2f5b0c374bf3cd5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df3afb450055a42cfb2f805ffbf2d8fa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a13271b4c42e19fc3e397946e470c8f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d0919c4d9292f2888ce9c078352828.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18d25f46b140c5c5bdda9205308f41c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3fb31998fdfcff9dd13bb9573b67c5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255084619f696920312a21eef033405a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e691ed8cc184f633982cc80e0ff93f74.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e053170fc4a25e145ca685e7a2786af.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e3bf79d87fc6103add57bb0b1262b68.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d21c79cdadb4da7206797cb83b5efce.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701b4cefa0e11d44c72bdca1e4df78e5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b44fdaefeb612702ae617b49b724580.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa49d2ed1642ca5c7db3f9c0352d20e8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f3bf42fd5c461fbaa089213dc463a1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6545f6cee723e558355650a196657ec4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8aaef2522a20c9641a94dbb9d613713.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df72aee61a52a036b5e60876d3138192.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4fcb621ede9031df0248957d141fca.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0c97b751a674add6c81836b99ba25e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc6fd45f5a5b76b1267df592c0ec83e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/607bcf78149dc7d9ba967123ba8bf494.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caa9cf18326dcc3dd5d25ba12aac583.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c2d7947762454751c998e04454733f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46df1ce794e86c696f1544eda88d438c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4c98970e9f1e8eadbe63d27eca83ff.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6704eec319cdcef59b27d877b9bf3a3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa129886aa3ea11699b1fbd6e67c3434.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7503c05a284467fc19ea3bc88ee0a0fb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1148,416 +1148,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>308304</v>
+        <v>298834</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>308311</v>
+        <v>298841</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>310451</v>
+        <v>300070</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>4.65</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>310857</v>
+        <v>300834</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>1.8</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>310871</v>
+        <v>302630</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>2.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>310925</v>
+        <v>303873</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>311625</v>
+        <v>304818</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>14.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>311632</v>
+        <v>305303</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>311670</v>
+        <v>308007</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>62.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>312363</v>
+        <v>308236</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="3">
         <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>312578</v>
+        <v>308311</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>314701</v>
+        <v>310451</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>314961</v>
+        <v>310857</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>317092</v>
+        <v>310871</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>18.5</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>317108</v>
+        <v>310925</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>12.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>317306</v>
+        <v>311625</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>317368</v>
+        <v>311632</v>
       </c>
       <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>319393</v>
+        <v>312363</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>4.7</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>319614</v>
+        <v>312578</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>1.8</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>319621</v>
+        <v>314701</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>2.05</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>