--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -14,200 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 16:32</t>
-[...2 lines deleted...]
-    <t>BATERIA AUXILIAR XIAOMI PB3018ZM / 30000MAH / PRETO</t>
+    <t>Lista gerada no: 13/02/2026 23:14</t>
+  </si>
+  <si>
+    <t>ESCOVA ALISADORA VIVO STAR VS-002 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER RS-2301 BT / USB / TF / FM</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA LABUBU QUE RESPIRA - A PILHA AAA 3</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CARGADOR ECOPOWER EP-7043 - 10W - 3 PUERTOS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BALAN�A PRECISAO SUNLIGHT 13302 - 200G</t>
+  </si>
+  <si>
+    <t>Balan�as de Precis�o</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ALPHASONIK AS29 - 6X9'' 500W - 3 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALPHASONIK</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ALPHASONIK NS653 / 6.5" / 3 VIAS / 50WRMS</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC9L+ - USB-C A LIGHTNING</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>KIT FORMA DE BOLO ANTIADERENTE 11086 - 3 PCS</t>
+  </si>
+  <si>
+    <t>Forma de bolos</t>
+  </si>
+  <si>
+    <t>MAQUINA DE PAO RAF R.208 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 RAF R.2822R - 220V - VERMELHO</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CAFE RAF R.7132 - 300W - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.255B - 300W - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7030 / 3L / 1000W / 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>ESCOVA ALISADORA HQT-906 - BIVOLT</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C827 - 33000MAH</t>
   </si>
   <si>
     <t>Carregadores Portateis</t>
   </si>
   <si>
-    <t>XIAOMI</t>
-[...119 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C816 - 12000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C872 - 12000MAH - PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C876 - 24000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C805 - 22000MAH - COM PAINEL SOLAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51694fd4da6fa699278390699c3aba91.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ec42894d43f88543af1cc6b1d0a0eb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c8a445fe3c05fa59c96bcfae32e215.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e61d476247b5176406da21e65e61d5cc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7766c31e0db444716dc7ad52960b31a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da51637bb2669fe0f810b669b3934b28.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91b85ac7e197e0bb5ef71901862fd489.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc6779414ce3a34bd2b443ffba7efbf.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08bb6690fc4d3f5ff0cab7ab7cb90717.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e862b179a1a9d42df0627c13cf718f7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f54d8fda50ab41d3fe5c03b7474299.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f68de2bc449d198e5bcec19634a337fc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf1e90677ea1220207a342dee207885a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37dd973ff630f7f249ff43cebd50d1ea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d9cdcfb571408d5f8c74abbafbd6f94.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d28e6275d2bf875f07983e1aa527d6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b4c3fed798b8537223e5d0b7c0c30e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fc9a5af49722b5c9e75bd0a9b712a11.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/797ffbb754211e4d75790e2ac6378ffa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4e117567604f3c9b18dcb342096962.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e932178ebc9f4b18ac335072916ef5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde9516507646731efae2ff2ea64c1b6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f0dc530a735ef729d69693729f559f4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a415cf227b1f07e03d17fc10fd4f2a40.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a11be56e5c24f091dbe9b8f5720f904f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffc3e0737f16384cc5fe831ee0f6092d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb5144078e490f843fec2f9545bbe46.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5a64483b30cae4a9fda28af7ec09ea.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9738c67badbb31060c3ec86580938ef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c743bcaf14f3d168192f36cbfc399027.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d37351ceaf3570bec5100ea19ebc7cdf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b0d0e56c5b683b5a816feddc0ccefb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dc81064491a0190e3e64a24f34734e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d394855f924422732769035405d5716.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4490b2608581329b771e993ca6507bcd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903ae9175a02c017e3f0d70ed8b6cf0e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dfcd7abd5946c11c49a225316a307c1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fcff9418480fd512265dea7a3bbca4a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418228f546f4c3caca7dd3b830ca0a1b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c73cfcbe2fafc55c0c44c86496ce71.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>563611</v>
+        <v>567053</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>563666</v>
+        <v>567084</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>563673</v>
+        <v>567091</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>563727</v>
+        <v>567107</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>55.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>563758</v>
+        <v>567138</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>563765</v>
+        <v>567152</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>563772</v>
+        <v>567169</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3.6</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>563789</v>
+        <v>567183</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>440.0</v>
+        <v>9.95</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>563796</v>
+        <v>567190</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>440.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>563802</v>
+        <v>567220</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>30.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>563826</v>
+        <v>567237</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>25.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>563833</v>
+        <v>567268</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>563864</v>
+        <v>567275</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>563888</v>
+        <v>567305</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>563895</v>
+        <v>567312</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>563949</v>
+        <v>567398</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>113.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>563963</v>
+        <v>567404</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>85.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>564021</v>
+        <v>567411</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>564045</v>
+        <v>567428</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>6.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>564076</v>
+        <v>567435</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>