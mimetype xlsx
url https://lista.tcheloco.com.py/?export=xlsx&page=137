--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -14,215 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 18:34</t>
-[...14 lines deleted...]
-    <t>Smart Watch / Fitness</t>
+    <t>Lista gerada no: 14/02/2026 00:24</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MULTILASER H0456 - TEFLON - ROSA - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C514 - 11000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR 12V ECOPOWER EP-7071 - 1 USB/USB</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESION - PULSO ECOPOWER EP-2702</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE JH-3208 / ELETRICO / TEMP / GRANDE</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>MOCHILA CAMUFLADA SPORTS 14432</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CAFETEIRA EXPRESSO MONDIAL C-20-EC - 20 BAR - 110V</t>
-[...77 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2259 USB / SD / FM / BLT</t>
+    <t>ABAJUR INOVA N-02 AJUSTAVEL / RECARREGAVEL PORTATIL</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>CONSOLA PORTATIL ECOPOWER EP-G201 - GAME STICK - 30.000 JOGOS</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA LABUBU FALA E CAMINHA - COM 3 PILHA (AA)</t>
+  </si>
+  <si>
+    <t>FONTE UNIVERSAL PARA CAIXA DE SOM MAXIBOM 51-52B - 12V 3A</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>WAFFLERA HAEGER HG-226 - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-512 - USB - BRANCO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-513 - USB - ROSA</t>
+  </si>
+  <si>
+    <t>BALANCA COZINHA SATE A-WS7700 - 1G / 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M16</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY7213B / BLT / IPX6 / 110W / 60W RMS</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...38 lines deleted...]
-    <t>IPRO</t>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2113B - BLT / IPX6 / 10W / 5W RMS</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>TV 50'' SMART LED JVC LT-50KM548 HD / 4K / GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA CHAVEIRO LABUBU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a947382317f067a604b8e14b900dcbd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/649ea45ac4a24d4d6da0c8d5cbf0da41.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46bd5acfd469352a869e8e9c4cfbf0c4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c521f484179327ea0281c2a83694830.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111c51f554d13ffd3f40d5bfd8abf885.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19d2d2ba3d6d1fe974b0722254005d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89361a4c907676e63a4e8ddd40e2e1a0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac0c28ae6f0684e9d0f312d17e8c273.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4480c080633cf4c9fea57d748822cac7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778894c0b35b3b163efc6bde6ac795a6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afbd58b8b7822b011987a546f5886fc9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45135a5939e2b2de6c93c56681d0785.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f484e0403f892f3860bb9a2dc8533eb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422c44df79284970dea91ba3f02e7b90.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f4659ff3444d1f2e4ba24011768bb9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e975f0097ee76c7f18c3ae6854236bfd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e22361d3e79002ae0bf6f5102bdf81.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f0b09be0983e4cf32aa196758d9f1b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1d7ec79bba59c97ece9f36f95d2f30.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1f5e926b7864fd9f47c3b8a3a085b3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb28476a30b136f0e24bcfb50d92e8a8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704edf479859b3d04bf8bfcdae4b0ef1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d46247a62e005c3ebe07530877c11a34.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7bd118ca85b7709cb21dd706005cda.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fee696003224d1649a5571df5a31416.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab5b945343d377f90beed4f6b310f0f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74c3ba560ae104503c51e35a254e6dda.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c2655c017e7efbc67e3cf0e1b105a13.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48c97d1aa1b4f2b9be0a17dd3e194148.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f31ffb24e18009c7fe281cefc206eb39.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfbe2407830c3e853ac5eb7e666233a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ece3e53f9e2dc306cce2cd8e46fbd5d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8d449960de8a5e9eeabc7063046302c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387d7cb6131e8686d75b738b50e1f59d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6210a2080c123e834d09f3e2a3ac19f2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380bfeff16013a987f1444f481a92538.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37d9acc287dddd21ca3cddad42597b1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a038edc0fc8f2b8740eead24ab35af.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798f92a39d131a85561b90780eceac8f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f28a8b3f6862af387e605b356fa421.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="97.833" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562393</v>
+        <v>566124</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>30.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562409</v>
+        <v>566148</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>562423</v>
+        <v>566162</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>84.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>562430</v>
+        <v>566216</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>562454</v>
+        <v>566247</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>562478</v>
+        <v>566339</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>65.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>562485</v>
+        <v>566384</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>562515</v>
+        <v>566407</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>283.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>562553</v>
+        <v>566438</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>41.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>562577</v>
+        <v>566445</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>36.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>562607</v>
+        <v>566452</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>32.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>562614</v>
+        <v>566469</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>562645</v>
+        <v>566476</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>562706</v>
+        <v>566483</v>
       </c>
       <c r="C15" t="s">
         <v>36</v>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>562720</v>
+        <v>566490</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>24.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>562751</v>
+        <v>566551</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>19.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>562782</v>
+        <v>566575</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>62.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>562799</v>
+        <v>566605</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>1.75</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>562829</v>
+        <v>566636</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3">
-        <v>3.27</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562850</v>
+        <v>566643</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3">
-        <v>10.5</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>