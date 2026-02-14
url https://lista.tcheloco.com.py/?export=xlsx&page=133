--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,185 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 22:38</t>
-[...2 lines deleted...]
-    <t>RELOGIO SMART ULTRA T900 - LARANJA</t>
+    <t>Lista gerada no: 14/02/2026 03:17</t>
+  </si>
+  <si>
+    <t>SANDUICHERA BRITANIA BELLO PANE INOX - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR BRITANIA BFV07 - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>COPO TERMICO LABUBU - 600ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>RODAX</t>
+  </si>
+  <si>
+    <t>COPO TERMICO ECOPOWER EP-G027 - 600ML</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 106 / 1 SIM - ARGENTINA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR NOBEL HOME NH-00314 / 2L / 5000W / 220V / PRETO</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR NOBEL HOME NH-00314 / 2L / 5000W / 220V / BRANCO</t>
+  </si>
+  <si>
+    <t>COPO TERMICO COFFE DIGITAL HENGDA YQ10286 - 500ML</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 PLAY - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>GRILL INTERBRAS H20PY - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>INTERBRAS</t>
+  </si>
+  <si>
+    <t>SUPORTE P/CEL LUO LU-472 UNIVERSAL/MESA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PORTEIRO ELETRONICO INTERFONE PROTECTION PT-270I</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.519 - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MAQUINA DE FAZER BOLO RAF R.248 - 220V</t>
+  </si>
+  <si>
+    <t>CADEADO CARTELA 25MM -  12 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>PAINEL LED "ABIERTO" 19251 - 480*250MM</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART A58 PLUS - KIT DE RELOGIOS + ACESSORIOS</t>
   </si>
   <si>
     <t>Smart Watch / Fitness</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...2 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-1976 - BLUETOOTH - 2V</t>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-65D / 6.5L / 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2272 / USB / SD / FM / BLT</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...95 lines deleted...]
-    <t>Maq.Corta Cabelo/Barba</t>
+    <t>SPEAKER ECOPOWER EP-2267 / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb807f7be74b72a668daa2ddde723a62.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1834b6547c78cfccff00b6b646115b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa185f0afeeb7957403797e177a8d5d2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2605ad4a861b08230b5c5a33b93c505.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/444db6971db2f0c72b155df21c9008f8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dd525ee0aa9a786d76121dea73c3735.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8fcf90c20e80ceb7b303bd4bdb4a04.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42af789fc87ee4288e9e6aa701da889b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc07f9e489817c18cd353c6207056101.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800c93250a2e39bc685ca40f5c76a2f9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64526c3f7a6a58ca7d857d9454366972.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/944af1022715ff65de435f967dbbcac2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46144516b756f12922ebef768bf3fddf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2ec8aee44eadd753e143434be484606.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5379eb612c3172e7a24b8dbf886fcdb1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6e4f2bb6804e323f587f92079bead4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d868633d1a197062b9e3964ba98579b4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f7cca0a9674f24460e533b73e8ca7d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a98a77afa334b7445e6af047e4d2ac2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f97175185b63f4b4820fc1318d121f8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce42a26d22f5e223be93a0c18565f460.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711d1617d69574ee21cc774ba3cb0791.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8719353222b3cb3dbcc69783b65d9b9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f86d78851aa4d7cef9325e51063204.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a62adedc520e37d58e5d88a3d1a2c5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030e0e6a779be7fc5e1c3b1c4e23c53d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f603a79931f2ecf19a5dd8d5b94280f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e310702bb2b761dcdb6cee0ba74cb5ce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baba1be9284c7b77116d724dc9a09226.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19eb4a2f609291d031ae2cc21f61a6bc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e693be9c7c7baf6a407f0222c15353.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8206784ed746abac0a493570522a9a0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9579ad12eccbd6852481ba3c442579.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e73fd91170be0b2d103788a407c3dd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e4c5e0d44ceaea53856e0c10ae5bf6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212a145b6e4241e7051cba50416b1088.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/642addbbfc548e88894bbadc02f26acd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00915372bae0de327416b107b3b849a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3495d6619a488ec635c996feb168129.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e0548607ac924e1f5cd52748375c66c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1127,416 +1154,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>560726</v>
+        <v>563833</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>560740</v>
+        <v>563857</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>312.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>560757</v>
+        <v>563864</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>560818</v>
+        <v>563888</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>19.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>560825</v>
+        <v>563895</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>21.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>560832</v>
+        <v>563918</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>11.8</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>560849</v>
+        <v>563932</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>11.8</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>560856</v>
+        <v>564045</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>17.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>560863</v>
+        <v>564076</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>17.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>560870</v>
+        <v>564090</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>10.75</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>560887</v>
+        <v>564151</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>6.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>560894</v>
+        <v>564175</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>560900</v>
+        <v>564199</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>8.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>560917</v>
+        <v>564205</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>12.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>560924</v>
+        <v>564274</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>11.5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>560979</v>
+        <v>564281</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>560986</v>
+        <v>564298</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>560993</v>
+        <v>564304</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>561013</v>
+        <v>564342</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>17.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>561020</v>
+        <v>564359</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>26.0</v>
+        <v>24.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>