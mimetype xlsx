--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,194 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 00:17</t>
-[...5 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>Lista gerada no: 14/02/2026 04:24</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S56 / 4MP / ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 128GB / 4 RAM / DOURADO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX FIRE TV STICK 4K / 2TH / PRETO</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 BRITANIA BEC04 - ALISA E MODELA - 2V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO SUNLIGHT S3052 - REC - USB/V8 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>LAMPADA LED SUNLIGHT S2084 / EMBUTIR / REDONDA / 24W</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>MIXER 4 EM 1 RAF R.9331 - 350W - BRANCO - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO HYE-TR01 6.5" - BLACK WHITE LIGHTNING</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO HYE-TR01 6.5" - WHITE BLACK COMIC</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP24 - 70X173MM</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP25 - 92X374MM</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP26 - 102X348MM</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI PB3018ZM / 30000MAH / PRETO</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BICICLETA ARO 12'' 16240R - VERMELHO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7031 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>CAFETEIRA RAF R.132 / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>COPO MATERO EUROMAX EM-3419 - 180ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>COPO MATERO EUROMAX EM-3432 - 160ML</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4933 - SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MAQUNA VGR V-392 BARBA/CORPO - LCD - DOURADO</t>
-[...110 lines deleted...]
-    <t>RELOGIO SMART ULTRA T900 - PRETO</t>
+    <t>CAFETEIRA BRITANIA BCF36I - 30 CAFES / PRETO / 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c422e5577835ca18057aef4629be172.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e134a88e0d6b76aa8ac998e0facc55.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/017771d97cf45c67c1be1926297d4639.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db37a9e7a73d2f974348981f36dae980.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f9e4d4b96ff9d01518c0d0901dd7da.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37775986599beb96b11e4730016ff97b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9adb9eda6a57b2e7e5f3a0defeaefcc3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda684e102fae83d9f00f357fdc0d3d7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38bdd57b34a6e32f1ac6674763f00ee.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95e8ef4458389431eef18ef9f17514e7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96735a932459e633608bb57a9cc261cf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31b276a9aa56eee51b13dd84e23c9c55.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0212901fe33999b0ea80d9539f40c158.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c28a0e2eb93e3eb9d78fb53a1bbc7ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9deabe07306d5bbf6f810c9f859facfe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a8a5ba7afecd32957c8d43c8acb166.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690e30373998452b881bef1a823b12ed.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5892e7e9517389abab3ea4f6bc7798e3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94d4ceb0800b831c511aec3e2951bf2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6ca2ec79028ce30c7647b2902cefc2e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89dd4b1b8623020a4bd0badaf748eec7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808ec91a3a93b896eb098868ca4c2400.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f976a8409771633d759016bbd68677.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266319bdf8b7403cf5306169d35d0956.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a771f1a276669512089cc082f62138d4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31d98295a5601e3d7f6eed269de654a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13fa6f171337f9b1aa22eaa3e32ed8af.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351689f15866fd68f595c3dea494d5a4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a680dec42ef9ecaea4ee0dc0e6300a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffbd43bcdd9434d015fca035bf20bc67.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6edaacf35f76cc7b88bb5bb044c920f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf2f9b0a9839891b5752663ea17610f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d46888c1d111213b4f52b3e08a38ba23.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ecdbaa766ac0f4e17d9ce5975a3bf6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9cbd0d038bb350bf3db8210d4fa883.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77230602efd229423358ffa7b01dd03f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/868d632ecab06e2ed889bcd2102d69ca.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3824338d9659a3b8bfecc5026206f055.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a859e36e0b24fb04c82ce89e954c398.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7b91439bde831349f18f69651ddd2a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>560061</v>
+        <v>563048</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>560108</v>
+        <v>563079</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>560122</v>
+        <v>563109</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>560153</v>
+        <v>563185</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>36.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>560184</v>
+        <v>563215</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>560191</v>
+        <v>563239</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>560344</v>
+        <v>563260</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>33.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>560375</v>
+        <v>563321</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>24.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>560382</v>
+        <v>563376</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>560412</v>
+        <v>563581</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>32.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>560436</v>
+        <v>563598</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>32.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>560467</v>
+        <v>563604</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>560481</v>
+        <v>563611</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>12.75</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>560559</v>
+        <v>563727</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>53.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>560627</v>
+        <v>563741</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>560658</v>
+        <v>563758</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="F17" s="3">
-        <v>230.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>560665</v>
+        <v>563765</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>25.9</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>560672</v>
+        <v>563772</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>24.9</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>560689</v>
+        <v>563802</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>560702</v>
+        <v>563826</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>25.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>