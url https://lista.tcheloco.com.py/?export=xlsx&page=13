--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 15:26</t>
+    <t>Lista gerada no: 30/03/2026 16:34</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM FLOAT (AKA-FL2) BOIA</t>
+  </si>
+  <si>
+    <t>Acess. p/action cam SONY</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/BLU</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/AMARELO</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER  P8800 4600W ION 220V / COBRA</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-W110 - ZOOM - BATERIA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA P/ CABEZA TC-806 TUCANO</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMIENTA  30ML (TIPO LLAVERO )</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECO.P 5926  05W/E27/      /WHI</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA DE LANTERNA POLICE X900 6500MAH - REC</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.BAK VHF/UHF BK-ANT188-INTERNA</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>KIT TECLADO E MOUSE SEM FIO ECOPOWER EP-K603 - PRETO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>MAQUINA ECOPOWER EP-2802 CABELO/2V</t>
   </si>
   <si>
     <t>CUIDADOS PESSOAIS</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CARREGADOR LANTERNA POLICE - PARA UMA BATERIA</t>
   </si>
   <si>
-    <t>Lanternas Police</t>
-[...4 lines deleted...]
-  <si>
     <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN22 -  220V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>CELULAR SAMSUNG GT-E1207 DUOS PRETO</t>
   </si>
   <si>
     <t>Celulares Samsung</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t>CELULAR SAMSUNG GT-E1207 DUOS BRANCO</t>
   </si>
   <si>
     <t>PILHA RECARGREARVEL MOX AAA 2300MAH / 2 PCS</t>
   </si>
   <si>
-    <t>Pilhas Recarreg�veis</t>
-[...1 lines deleted...]
-  <si>
     <t>MOX</t>
   </si>
   <si>
     <t>FONE ROADSTAR RS-101EP  BRANCO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>FONE ROADSTAR RS-108EP  AZUL</t>
-  </si>
-[...76 lines deleted...]
-    <t>CITIZEN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d360e91058d099bded1fcb0fb7612cc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c904dee7d8150c3d259e90d7a54ea52a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24fbcac3392acc1a2afcc29932cc2b1e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9afb3a2b2bb0972e29cd47b7b1b6de7c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e96dca86d491525977c7b4932d833b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6703433bce89359f411a136eb13fdc14.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2512670e57b61957283de170d4522705.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b05f8cf051ce115aa9bb5c82a5b80ce6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f827130b28296678479d21394385d7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e396ce4004728b026c6ba248f954fbf0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e70051940a08718ecb872e667e50f08.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f7dbbeecd727dc928ea75c8e9c28da.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5781a683e6729a77d8abfdf94577bb5c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aec13d1ae3b09ff765d7ef71a65f25a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91711484ebba726db6fe03845918a59.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62435f7bcd59780ccc8c0af43407f04.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c25f249700e3a6577caa4181256772d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f53d00f7e5b5345306fcae344d214b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad7d365bafa74fa02a693c3d60ed987.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aed6a55ae177a671d11c56ed1d1689b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82eb7b4cb2100ebd68c4147b0c5322dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b44f067dc8efdf82a1f113bc72cfa4a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba480337d87cd4e5041b1913d00228ea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9da351ddcf364d06357fecc5bbe1ad77.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae360c40438d8a7c0470a97f79d3c4df.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23dc6806005a4c9aa184a11460d85f62.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3940f8ad65001a825253e03b9aee16f8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f0dd24e2c6cd187680fa8f96509f3ed.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52807e55505d8ffbeb42eac5a69d9890.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3413e8648fc4bc68dd23533e1d06837.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/269b21cfb709531eadb0a7f9892ce3ac.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8e4c0b5d802e84ff4c8a9b86ebd81d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cbcabe0038580876023d2c61a1c63f0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21434527191048052e08674d5a19d183.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64aa986cb02a4173b181adaaf4dff5d4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a014965a3dc532d8034609cd9816dc5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad53eee3133f4e9f6aa0ef8b740d243e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cffa14489260ce0f620a8dcdb4d11be.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c615709cdb16c00f0efe948c5d02122.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a607c98c6c5e52b313d523465b17e0c6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>294881</v>
+        <v>285001</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>295703</v>
+        <v>285247</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.6</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>297479</v>
+        <v>285254</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>76.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>297653</v>
+        <v>287845</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>297660</v>
+        <v>288101</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F6" s="3">
         <v>8.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>298186</v>
+        <v>288156</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>1.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>298803</v>
+        <v>288606</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>0.7</v>
+        <v>2.49</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>298827</v>
+        <v>288859</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>0.7</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>298834</v>
+        <v>291224</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>0.7</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>298841</v>
+        <v>292382</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>0.7</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>300070</v>
+        <v>292924</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>300834</v>
+        <v>293112</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>301923</v>
+        <v>294881</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>302630</v>
+        <v>295703</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>303873</v>
+        <v>297479</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>7.8</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>303880</v>
+        <v>297653</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>7.8</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>304818</v>
+        <v>297660</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>305303</v>
+        <v>298186</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
         <v>1.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>308007</v>
+        <v>298803</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>6.5</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>308236</v>
+        <v>298827</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>23.0</v>
+        <v>0.7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>