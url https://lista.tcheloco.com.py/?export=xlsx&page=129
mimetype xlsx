--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,176 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 02:27</t>
-[...26 lines deleted...]
-    <t>LAVA JATO PORTATIL MEGASTAR LA-002 - 108PS</t>
+    <t>Lista gerada no: 14/02/2026 05:51</t>
+  </si>
+  <si>
+    <t>ADAPTADOR USB/TIPO C - SATELLITE  AL-11</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA STITCH QUE RESPIRA - A PILHA AAA 3 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 64GB / 3 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 64GB / 3 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 128GB / 4 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A5 64GB / 3 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>CABO 3X1 ECOPOWER EP-6051 / USB A TIPO C - V8 - IPHONE</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO TOTAL TG109136 - 220V</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>JARRA ELETRICA MEGASTAR TM8902A - 220V</t>
-[...23 lines deleted...]
-    <t>KIT DE PORTA MANGUEIRA TOLSEN 57225</t>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER XIAOMI BHR8542 6L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER XIAOMI BHR8588 - 6L - 220V</t>
+  </si>
+  <si>
+    <t>CARREGADOR XIAOMI MDY-14-EE / 120W / USB-A - TIPO C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>BANQUETA LEVEL TULIP LVS-161 - PRETA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>FECHADURA ELETRONICA HYE-630A</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL DC-403 44MP /16X / 2.4" / VERDE</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>B�SSOLA COMPASS OM20780</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO X7 PRO 5G / 512GB / 12 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>FURADEIRA TOLSEN 79505 - 220V</t>
   </si>
   <si>
     <t>TOLSEN</t>
   </si>
   <si>
-    <t>MARCADOR TINTA PERMANENTE TOLSEN 2MM</t>
-[...41 lines deleted...]
-    <t>MONITOR PORTATIL BAK BK-P1561B - 2 TELAS</t>
+    <t>CELULAR LUO LU-M16 WALKIE-TALKIE / DUAL SIM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR MANUAL LUO LU-4957</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -206,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f6977eee1d7c9f11d6aedae321bde8b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e3537c2e7b9c34c0e5a628b46e5bb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6171e760fa5865882ce119400d4feb8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a9a972ff6aaca6d23afbd74058642f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60005907ce29a052a6d51aa8a837a529.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c24c91cc006820bac7291efe8a60fdc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/891a93a8ede71602d030188e0f0e5a1b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978c96477d19f140dffccbc17fd1b0af.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ebf896ce85dabb8eeeb451df2f7d5b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf0b0b8475d532e16c92c1d4902d2f4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e2132fb99ff5351ef3ae6d2fa458dc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b1e60c1238999f4100245ff9b5c286c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade41d3603000726037acdb0662a24fc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72b0c4c49f506bc38f311062241b5357.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d3e8610a222a40a90f27fa99629633.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/985dfc2aace98eccda30fc44f15131ee.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fc51f65926eade506666425d72627f8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92ef3adc6741e0cf95329844a7bdd7d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd78ff82e2a6e9c7b85fd93c5d3e1211.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d39d99a4d0863c50f71e06f08480315.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2789eaf40530ab175a6a3ed85abfa5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/574a3d4489ffaf2e71202276298e74e1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1086d6a728bf377f90af2a27afd0b45.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c21bd698793ab8abbdc233b1af7d6e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31c7348df9a674d3882eb6525a55c7b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce13aae2c558077c115e19c9bb97b0c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52da4e63267e6525d413a4c07c3f6016.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dedf3b27958a5b7544ec20ce78f213.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de0636c26742f4658a9a9ffbe909a55d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc41cc25d5f5371d12c2f64828b6424e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5cc58d827a263d8c3e97ed5c8d5a1ea.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe864596f825f04e9d9959095e87d47.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7641d4bad58ec8c16bbd2efeb1ac9dbd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa841e0950a7f36de14e020dec7564e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4af4320c47e4fc49dedd8db98a1f89a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7b2f448e80248542042f6a12826942.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e56918e70f918f253570158d901ed5b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e29053ee48d4b9d1968ebecba48cb4e9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d281351230230d695b9fee96eb00ba58.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9418a16f8f493b9997d6f0313f6b79fc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1117,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>558754</v>
+        <v>561471</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>558761</v>
+        <v>561518</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>9.75</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>558778</v>
+        <v>561532</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>13.75</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>558785</v>
+        <v>561549</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>558792</v>
+        <v>561556</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>29.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>558808</v>
+        <v>561563</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>558815</v>
+        <v>561570</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>558822</v>
+        <v>561600</v>
       </c>
       <c r="C9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" t="s">
         <v>20</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>21</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>558839</v>
+        <v>561686</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>558846</v>
+        <v>561709</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>49.75</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>558860</v>
+        <v>561716</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>558877</v>
+        <v>561723</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0.8</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>558891</v>
+        <v>561778</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>38.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>558907</v>
+        <v>561785</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>35.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>558969</v>
+        <v>561808</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>47.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>558983</v>
+        <v>561822</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>43.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>558990</v>
+        <v>561884</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>353.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>559003</v>
+        <v>561914</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>559041</v>
+        <v>561945</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>244.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>559058</v>
+        <v>561969</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>254.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>