--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,203 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 04:09</t>
-[...14 lines deleted...]
-    <t>Medidores de Glicose</t>
+    <t>Lista gerada no: 14/02/2026 07:11</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILAR G-TIDE EASY-1 - 10000MAH - PRETO</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>TV 50'' LED BAK BK-50S SMART / WIFI / DGT / AND</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER BAK BK-A320 3.5L - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER  BAK BK-B320 3.5L - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>PROJETOR ULTRA HD 4K NEW</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART ULTRA T900 - PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART ULTRA T900 - LARANJA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1976 - BLUETOOTH - 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CADEADO 63MM SUNLIGHT 20308 (1 PC)</t>
-[...110 lines deleted...]
-    <t>Fogoes</t>
+    <t>FERRO DE VIAGEM A VAPOR SOYONA SI-2258 - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>SOYONA</t>
+  </si>
+  <si>
+    <t>TRIPE TUCANO TC-3366</t>
+  </si>
+  <si>
+    <t>Tripes p/camera</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>TRIPE TUCANO TC-3600</t>
+  </si>
+  <si>
+    <t>SECADOR / ALISADOR 2 EM 1 TUCANO TC-650 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>SECADOR / ALISADOR 2 EM 1 TUCANO TC-650 - 110V</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA TUCANO TC-815 - 110V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA TUCANO TC-815 - 220V</t>
+  </si>
+  <si>
+    <t>SECADOR DE UNHA LED/UV TUCANO BM-3 - 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-8055</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-620 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-619 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-911 / ZOOM / RECARREGAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292a11e291f72e7e90e5e5cfe9562595.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/505b94252d2f3e89bf11430dee98963b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/892200056020276c9ac0d916ebdf6d94.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700833ff55eb0daf6d2797427439d1cc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcd886fae59b7eea8c77628687bbd23.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b234c5be24965ffa7e7d1559475de0a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d4f13c6d4c899fe7603eaadd545817.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155e01488a21d4045c08ccc3f913eb25.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12689130077682429cb3a68338a079d8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b279fdfb35ff0a73bab7504db65186f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb17863d22c470260ee7a8a3200eb39.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0149d65eb4945a2ebcf754ec4a58c2bc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d73199f2ac8f4270e06f041fd63c0fe9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47946b28e7b60a68a67477d135735f9a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2db5f4dc0642574145c38bc25642eb9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651ddf388eb04417db3a138ed0ae0c82.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0473dfbf5b948eb1054c49a3243134b4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8053488975481bdd4070bbd43c231761.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96505505bb3f2973c8f89a949a1a015a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b47b4e9402d254eab2d3a3d72771e1b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2cf99c16dd97ac44f9e4d8ab4e15d9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fe0436f41cd205ffb5446b90b9b437f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcaaa7e3ccdd5102e0b17978196e2b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16eec2e3a656fb76e56a8d46cc48319.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0fe57d77bffaebe393fa37a4ce79c29.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a8fccc3e454da4ca65a6cf65985ee02.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82c6f6b7f45f32cc7468600f2be8699.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e34039e95e13c01eb5dab4af9c5b577.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f9062bfb10d43c3b4730c29fd4dcd09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0b28fa21f9b031bc87aa638889dc46.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10cfd17ef8a65c52ac135aaff0102eb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3c7e63a44b72afde83bfa436fbc02e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c32494cc8081c64dc91068940a3264.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d29eaf2a89f5aea290a90477cb0c7eb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2aceb949c9fd2c094c59e67db4b7fa6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e962911aa834ff185f11615ee38b88.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f54288474511104272b09b346907f3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5ec35fb884b1abcbad2ece56dd31ff.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74c46d7bf29a5f519f5e042bf5d98b88.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b88dd80c1debefee50b85c444096cd22.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>557832</v>
+        <v>560481</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.5</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>557900</v>
+        <v>560658</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>557962</v>
+        <v>560665</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>557986</v>
+        <v>560672</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>65.0</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>558013</v>
+        <v>560689</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>69.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>558044</v>
+        <v>560702</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>53.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>558051</v>
+        <v>560726</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>558112</v>
+        <v>560740</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>312.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>558129</v>
+        <v>560757</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>89.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>558143</v>
+        <v>560818</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>33.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>558150</v>
+        <v>560825</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>33.0</v>
+        <v>21.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>558167</v>
+        <v>560832</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>28.0</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>558174</v>
+        <v>560849</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>28.0</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>558259</v>
+        <v>560856</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>28.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>558266</v>
+        <v>560863</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>315.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>558280</v>
+        <v>560870</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>558303</v>
+        <v>560887</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>40.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>558310</v>
+        <v>560894</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>558334</v>
+        <v>560900</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F20" s="3">
-        <v>48.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>558372</v>
+        <v>560917</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F21" s="3">
-        <v>82.0</v>
+        <v>12.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>