--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,218 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 05:34</t>
-[...5 lines deleted...]
-    <t>Luminarias D/Emergencia</t>
+    <t>Lista gerada no: 14/02/2026 08:04</t>
+  </si>
+  <si>
+    <t>BOLSA PARA GATOS GA-0075</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>CONSOLA GAME BOX LUO LU-SY14 - 666 JOGOS</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI SUB 12" NSW-Z1206D4 (2 VIAS)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD 19169 200W - 220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CABO HDMI 15.00M - BEST CHOICE</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS RAF R.8034 - 1 BOCA</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SECADOR DE UNHA HAND PILLOW NAIL 17430</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>GRILL MARYLAND MR-1012 CERAMIC - 180� - 110V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>BALANCA BANHO DIGITAL ECOPOWER EP-3072</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>ALIMENTADOR AUTOMATICO PARA ANIMAIS SATE A-DF07V</t>
-[...2 lines deleted...]
-    <t>Pet</t>
+    <t>LANTERNA POLICE ECOPOWER EP-8109</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>KIT DE CHAVES DE FENDA OM 217449 - 2 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8308</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-333 BARBEADOR PROFISSIONAL / LCD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>COFRE ELETRONICO SATE A-CF2001- 8L - 4.2KG</t>
+  </si>
+  <si>
+    <t>Cofre</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>ALIMENTADOR AUTOMATICO PARA ANIMAIS SATE DU4L-V</t>
-[...125 lines deleted...]
-    <t>RAF</t>
+    <t>RELOGIO SMART  G-TIDE ELEGANCE - PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART  G-TIDE R3 - PRETO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR G-TIDE TRAVELER-1 - 10000MAH - BEIGE</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILAR G-TIDE EASY-1 - 10000MAH - PRETO</t>
+  </si>
+  <si>
+    <t>TV 50'' LED BAK BK-50S SMART / WIFI / DGT / AND</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER BAK BK-A320 3.5L - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab852fa0def882a12bb8c10403dd8d21.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4749cdeadb9fdaacb48050e41d81b8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364a1a77f0eeabcb4d6b5c7c2d2627d2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bcbf0b9697db0341d2a314f2022671d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264a25cb82d757b833566de445555460.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bedffca8d343c00637414d961ebd46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ef89daf8c2ad58c512dcf399cf621f3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481af3e69bd5b7510915f82cac376c0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa0fee163eb1693ab9478c95da784aab.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e18052145aff2c3d3241c0953b4807b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ade91491bc2a76bd5f1192e687f1f52.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb656de9fa78016b20b769d246a9f610.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44d5b601de92b50e54c1f2810f5e67d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb1fadb8ecb0621e7224319f546e98b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac0ee58fc0b59d124c601e19435f2e9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc758f9ffc0147443d04d05b8832d69.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb17cb14a505e44ac539ee3bc9613ae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07cfe3ea7aebca06d0c0a3e1ff73a4d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f463b1a912e46aad1b70140e257f0c30.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01dfa1cded5844a9046bbf2e77cac8ab.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/318c75c11c27d57b02334cf6edb6948d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32de0d3bfdf3d4accfd19700ca59f03b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9299b414a0827e777f2b43ea64a888b9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e690ca28e981de43c9f86d346dfd509d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830715eaa9a253aba18846d6774c7054.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7157493894892c60819f711da0652fca.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a4c3fe47b084a562049baccc71b1e3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdcac26c2cc7de2eddbe1743c67328ef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d99da7bc539ddc63805110f8e135bc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32103b03a7aab52c2381effbb8c1757a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752914ec061cc4fb8e6f9da1a79db517.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41311e70401a0925eaa88b3a713cc767.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d49bd6380ec13e4912cd775ceb650349.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a0990f968ba6298f58dd1b07f5ec33.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b102e3b31eae6d1a6c9b63085ca9de.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97dc0a93672a48364c2fb7b94971c73c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65f0dd8556c84c4f392a67dc46bba58.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d01e38631eb939400318e76d2de16dd0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace37ccb0d6f8e15b8cd42b2ea490d7c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fac7836267da259b3162de01f8e24b3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>557009</v>
+        <v>559713</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>557085</v>
+        <v>559775</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>68.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>557108</v>
+        <v>559812</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>74.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>557115</v>
+        <v>559874</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>64.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>557177</v>
+        <v>559904</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>557184</v>
+        <v>559959</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>557252</v>
+        <v>559966</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>557276</v>
+        <v>559973</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>557375</v>
+        <v>559980</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>32.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>557382</v>
+        <v>559997</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>557443</v>
+        <v>560016</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>190.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>557474</v>
+        <v>560054</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>557481</v>
+        <v>560122</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>557634</v>
+        <v>560153</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F15" s="3">
-        <v>105.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>557658</v>
+        <v>560412</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>32.75</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>557665</v>
+        <v>560443</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>557726</v>
+        <v>560467</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>52.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>557740</v>
+        <v>560481</v>
       </c>
       <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>53.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>557757</v>
+        <v>560658</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>557771</v>
+        <v>560665</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
+        <v>56</v>
+      </c>
+      <c r="E21" t="s">
         <v>54</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>22.0</v>
+        <v>24.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>