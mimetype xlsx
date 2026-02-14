--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,197 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 06:10</t>
-[...5 lines deleted...]
-    <t>Fornos eletrico</t>
+    <t>Lista gerada no: 14/02/2026 08:21</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2261 USB - SD - BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2270  USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2271 USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>GRILL - STEAK MACHINE RAF R.568 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>CAFETERA RAF R.133 CAPUC/MACCHI/ESPRE - 220V</t>
-[...53 lines deleted...]
-    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-35 - 3.5L - 110V</t>
+    <t>PANELA ELETRICA ECOPOWER EP-3635 - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>PANELA ELETRICA ECOPOWER EP-3636 - 220V</t>
+  </si>
+  <si>
+    <t>REFRIGERADOR ELECTRICO PORTATIL MEGASTAR CB65 - 65L - 12/24V</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-85D - 8.5L - 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
-    <t>MOLIMIX</t>
-[...14 lines deleted...]
-    <t>LIQUIDIFICADOR RAF R.300 JARRA INOX (2X1) - 1000W - 220V</t>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-90D - 9L - 220V</t>
+  </si>
+  <si>
+    <t>MIXER 2 EM 1 ELECTROBRAS EBMX-1000  - 110V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>TELEFONE COM FIO N.INC YK-719 BINA - BRANCO</t>
-[...2 lines deleted...]
-    <t>Telefones C/Fio</t>
+    <t>SUPORTE DE CELULAR PARA MOTO/BICICLETA LUO LU-479</t>
+  </si>
+  <si>
+    <t>Acess. para Moto</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE DE CELULAR PARA CARRO LUO LU-484</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CAMERA IP - ESPIA SATE A-W10</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR BLUETOOTH SATE A-MP45 - RGB LED</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>CARREGADOR FUENTE ECOPOWER EP-7059 2 USB - 2.4A</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR FUENTE ECOPOWER EP-7042 - 2 USB-A / 1 USB-C</t>
+  </si>
+  <si>
+    <t>KIT DE CHAVE HEXAGONAIS WADFOW WHK2281 - 8 EM 1</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>NIVEL L�SER AUTOM�TICO TOTAL TLL306505 / 30MT</t>
+  </si>
+  <si>
+    <t>CAIXA DE FERRAMENTAS COM FURADEIRA WADFOW WDT1B77 / 12V / 77 PCS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA SKALETT SC-20-A - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
-  </si>
-[...25 lines deleted...]
-    <t>Smart Watch / Fitness</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec3527ae4bf92ff3e61c6587cab97e3e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b52c1ab702bc4799552e38ccf747de.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78af875d88dd54f361f1a707afef0d2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b20bec03c41f2c081a90a89eccd81b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4ed7b587e12d270b3bcf57ced310af.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb337742aec3438ca3b9de7653fbba5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de450c336c8397c281b58884d0db0b6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e666378ac3b0f5db5069032860f22df.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380664fe2ef2cd32847cb1373e489c26.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97f17c518539f11119f639e2bdeaec8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a81a94e2333b9826c57954995aba54e4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253350cb2f95d9baa828417379dba4e8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be7d324454ee93ad2e4fc33c9bea8c8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1191954c83fbddc06fc9f3f2974ff51e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c5fc7f4b2f6f25f8d2cef29b2197b8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4531d612c7fbbe9f3184ab36167e63b6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/561159224b8e37edad43f3566071e92b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4817b2eef740fc51238986b342757bd7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4c3ef19f379872853fbb387d2ac130.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17bbfb60fb08b4af5ceaf37bf2a48057.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b89e4f4326f77bd3b99721040499ff.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2863f3cfc53eef2180857da40a3c3942.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b1d1e24f517abe28c782d7785faa1d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c906f905622bfd4907d0148de1be1190.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5dbf35add3e610b878e5a93fa13b803.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f42d8c0e79299fc00f553ce121fe8d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148d4d17999e11988be7c14885239258.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/367a4fc91c547cf40470c1fdc9c11d0d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa44198bc37da413ab9049bcecc24461.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07547f1d8a9d778acb3ac769f737aa97.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38d8c4a6a087e10d30a292a541de5701.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b2362e4457a3bd9c59b8bf8de05a88.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25012763df2f4ba4c0c22e052492d8dc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a9bd7dafa4d19d3e6aa7134d2150fb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc29b1cd8d96c0f39c2c4e001cfe052d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa376808b358cad61a5348a532a69189.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542b8486d3e5a05cdcb370739be3112b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c560f0b8fc03d71ec026d72cb2054207.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349a1529da831e6e7b5fb66e9a93b388.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e506bea1f859636102a810e815e2b2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>556484</v>
+        <v>559089</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>37.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>556507</v>
+        <v>559096</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>33.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>556521</v>
+        <v>559102</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>556538</v>
+        <v>559133</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>556545</v>
+        <v>559157</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>9.6</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>556552</v>
+        <v>559164</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>9.8</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>556576</v>
+        <v>559171</v>
       </c>
       <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>26.6</v>
+        <v>428.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>556613</v>
+        <v>559201</v>
       </c>
       <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>556620</v>
+        <v>559218</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
         <v>23</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>3.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>556637</v>
+        <v>559225</v>
       </c>
       <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>19.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>556668</v>
+        <v>559270</v>
       </c>
       <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>28.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>556699</v>
+        <v>559300</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>85.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>556705</v>
+        <v>559317</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>85.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>556736</v>
+        <v>559324</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>556743</v>
+        <v>559379</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>556750</v>
+        <v>559393</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
         <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>556804</v>
+        <v>559515</v>
       </c>
       <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>42</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>556811</v>
+        <v>559546</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
         <v>42</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>6.5</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>556842</v>
+        <v>559652</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>14.6</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>556897</v>
+        <v>559669</v>
       </c>
       <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
+        <v>46</v>
+      </c>
+      <c r="E21" t="s">
         <v>47</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>5.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>