--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,188 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 07:27</t>
-[...35 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 14/02/2026 09:32</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-622</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-901</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PORTATIL PISTOLA MEGASTAR FMA4N - 5 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>LAVA JATO PORTATIL MEGASTAR LA-002 - 108PS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM8902A - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM8902R - 220V</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR  RX-65BTD AM/FM / USB / BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RX-75BTM AM/FM / USB / BLT</t>
+  </si>
+  <si>
+    <t>COCINA MEGASTAR COOKTOP4 - 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>KIT DE PORTA MANGUEIRA TOLSEN 57225</t>
+  </si>
+  <si>
+    <t>TOLSEN</t>
+  </si>
+  <si>
+    <t>MARCADOR TINTA PERMANENTE TOLSEN 2MM</t>
+  </si>
+  <si>
+    <t>PANELA A PRESSAO ELETRICA ECOPOWER EP-3634 - 5L - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MAQUINA DE BARBEAR VOYAGER VGR V-951 BARBA/CORPORAL - PRETO</t>
-[...74 lines deleted...]
-    <t>ABAJUR ECOPOWER EP-A204</t>
+    <t>PANELA A PRESSAO ELETRICA ECOPOWER EP-3633 - 4L - 220V</t>
+  </si>
+  <si>
+    <t>BEBEDOURO AUTOMATICO PARA PARA ANIMAIS SATE A-MSWF072</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>POTE DE ALIMENTOS PARA ANIMAIS SATE A-DPF01</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER127 1.8L - 110V - AZUL</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER127 1.8L - 110V - VERMELHO</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER220 1.8L - 220V - VERMELHO</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER220 1.8L - 220V - AZUL</t>
+  </si>
+  <si>
+    <t>MONITOR PORTATIL BAK BK-P1401 - 2 TELAS</t>
+  </si>
+  <si>
+    <t>Monitores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b69003b4fbed009b6e469da94cf6cf5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9a03c6b3e86e284df7d76b0a093e13.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40acbfdfe97e0eba589ec8ff297b16fc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/330f07c606bf80378d6fa268fdfaeaac.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c580102aa3ffe2e155e7dc35be2227.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0db48ea2f33900bcedeeafb1628e50d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4dc55783e68466dfaae648a76cb9b2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766e187ec17d44d6f6793bb9b4a913c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895b43a321b92a5a69863b9950faa510.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def6b5505905a7490244717f0497231a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dd572caf019184f16aa3cd3427dc28.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1b720ae313d26d18e3554198cd90c1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8282d4790131d2c381f722ef55d03d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15301250c327dbb0f692ad2f1608029a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f1b46bd44bf8e084d2e5f2cb9912dc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2333253e011ad7065afe7b6dd639f7f8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73473ffa638e76196a87c4b7f6e2665c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/574976efb1d9992794a302dec161307d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c9c354bd7d4db4299404882660d628e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db437a418865408a0dca31a0c1b2abad.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9becf92991365bd4bb1adb4e22a44e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b22de3ddfdc850c527ed1694af8af1c0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443bd162ff0350d658f4f96a455e8ab1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d069b4df228682fc5f687504a281c7a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52999efe46b4431a81c11c46b4b5798.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/129a165921a45f2b899df3f3f76c72b8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfba1e5de4b0c5866ffb4d2954ad8088.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac5105d2059a58484750b892e0678c91.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/641ea05e29ecf6f3b212ff4569fe8747.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d7a30d17ac7fe57412bfe9b1555a317.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de26d90b4cf8470685460ca877ce87f8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9156e94c0fd201d5ada0587ce17ab07.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba7d35a9ee7a1065940d40e87ee816ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfa1f32d04e0d1a32ba2a92d5541929.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40cec2ac49909671df40f53481e2c902.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865a89f64fd9121c63a8e1f8339c4ec0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd0e9e6d24fcdf7d23026a9e2ae2ec6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3228095c4687c4271d795af8a280f965.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02dacd66df443dcdc3bed8fd5d4d6488.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72024debbfc60dad679ea470b477a17.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>555272</v>
+        <v>558761</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>555289</v>
+        <v>558778</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>75.0</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>555296</v>
+        <v>558785</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>2.4</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>555425</v>
+        <v>558792</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1.1</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>555449</v>
+        <v>558808</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>555470</v>
+        <v>558815</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>555487</v>
+        <v>558822</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>555494</v>
+        <v>558839</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>555524</v>
+        <v>558846</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>49.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>555609</v>
+        <v>558860</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
         <v>25</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>555616</v>
+        <v>558877</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
         <v>25</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>21.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>555623</v>
+        <v>558891</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>36.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>555647</v>
+        <v>558907</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>46.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>555654</v>
+        <v>558969</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>46.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>555678</v>
+        <v>558983</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>38.5</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>555692</v>
+        <v>558990</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" t="s">
         <v>36</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>22.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>555715</v>
+        <v>559003</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>555722</v>
+        <v>559010</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>555753</v>
+        <v>559027</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>555760</v>
+        <v>559041</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>244.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>