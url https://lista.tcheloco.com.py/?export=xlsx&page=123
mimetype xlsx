--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,215 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 07:55</t>
-[...2 lines deleted...]
-    <t>INFLADOR ELETRICO PORTATIL PARA BRINQUEDOS MEGASTAR IN2102</t>
+    <t>Lista gerada no: 14/02/2026 09:48</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA INFANTIL - STITCH - INOX - 1000ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-7905 - 95W</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7011 / AZUL / ELETRICO</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7012 / VERDE / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7021 / VERMELHO / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7022 / AZUL / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7031 / VERMELHO / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7042 / BRANCO / ELETRICO</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL FOSTON</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...5 lines deleted...]
-    <t>Celulares Xiaomi</t>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>TORRADEIRA PARA FAZER SOBREMESAS DSP KC1007 - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BARBEADOR PORT�TIL DE VIAGEM WINNINGSTAR ST-5844 - 5W</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA STITCH QUE RESPIRA - CON PILHA AAA 3 - AZUL</t>
+  </si>
+  <si>
+    <t>Brinquedos</t>
+  </si>
+  <si>
+    <t>JOGO MORDIDA FEROZ STITCH - CABE�A MORDE</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA VIVO STAR DL-400 - 2V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI P16ZM / 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>COPO TERMICO BIGSTAR BSP-8013 1200ML</t>
-[...71 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>ESPREMEDOR PORTATIL SATE A-MLP41 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBA TUCANO TC-99 RECARREGAVEL - DOURADO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>FILTRO DE LINHA SATE A-R243 2500W - 3M</t>
-[...44 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>MAQUINA PARA CORTAR CABELO TUCANO TC-L7</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA / CABELO TUCANO TC-T58</t>
+  </si>
+  <si>
+    <t>ASPIRADOR PORTATIL TUCANO LY-8802 - 12V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a1f416f424c0af03a92faf599ba0ef.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a5bb24315c0d68e7c1ba932e8303f8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aea0c78313dd49d7f1f3d9adba55a94.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82dae0b5762c06836c823ddcf5db84fb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9f4febd457bcf841c21f739d06106.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dc56bb776949f515bf419b69230882.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9358091d6c67fb228bea6e1d304f5aac.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b10054badf534af0ced85188455b4f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53024fb0ae11cf23871900129c0e2cf5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d6898173f10c8aaf7ceed6a423b7e2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca45363787da0771dbe435e719ea6eb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1dbe5dbf0f284cecd686d34059cafbc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9daad824782677b2e4111dada8899bf7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7921bbab3a095ddff873e2c34e35f7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca8fe0f7e72bc4ee746f987efea9c3b1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7171d4d7d5226c7dc6cdabd05cff61d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c211b2a6203bf03e903098d6e606c0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f57fb80cb80717510aa2ad6145bfdc2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36bf5b2844876497a37da947f1a54982.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6091d364ece6b6faa899910877de0cd5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a36dd616fbe1c4ebd20ebcb7bcf25005.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6b84170319045d7103894a96a41220.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3575323b6e2766274dc59ed179c34914.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc69f303ff47f850db9b9b5476a1933.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31ea969c8441e16378d25c795d08d18.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c7bccda1dc85dde3c5a3fe1abe2169f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd32f3aadca1f79fb409e9ab4c61dab.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd04584327ce6feb000ea3ec64d5d15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b69bf587eb237d86a079cb79c138dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1143208edb4cfafc8f6db67c9d30d48f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258b69c98c24827fee936c3e297e5bca.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88a24c73d2926cafcf07da14ea382336.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e610168d7b5b689bd0068c78642f01.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24d7be6f08b4b5e13d1d0636b4256ecc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a1d74bd12da5ecce6184c88a2e87e3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd93296ca28d7d0245234fa4fa89c21.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28aee6ad9eb334f14e12018db67e633.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd51d4d9d69bdacc4bfa750db4b31f67.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c229b0d1d71073ae075ae7d20a8cef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580860cd046b394d1e789d6dda593eb5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1157,416 +1130,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>554763</v>
+        <v>558402</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>554770</v>
+        <v>558419</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>132.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>554817</v>
+        <v>558426</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>554831</v>
+        <v>558433</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>18.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>554848</v>
+        <v>558440</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>554893</v>
+        <v>558457</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>47.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>554909</v>
+        <v>558464</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>85.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>554916</v>
+        <v>558488</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>87.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>554947</v>
+        <v>558518</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>554961</v>
+        <v>558525</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>15.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>554978</v>
+        <v>558549</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>1.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>555012</v>
+        <v>558631</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>1.1</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>555029</v>
+        <v>558648</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>8.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>555050</v>
+        <v>558655</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>4.8</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>555128</v>
+        <v>558679</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>225.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>555180</v>
+        <v>558693</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>260.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>555210</v>
+        <v>558716</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>38.0</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>555258</v>
+        <v>558723</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>20.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>555265</v>
+        <v>558730</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="F20" s="3">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>555272</v>
+        <v>558747</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>9.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>