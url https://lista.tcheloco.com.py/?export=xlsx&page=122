--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,197 +14,230 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 09:07</t>
-[...2 lines deleted...]
-    <t>M�QUINA DE FAZER HAMBURGUERS RAF R.666 220V</t>
+    <t>Lista gerada no: 14/02/2026 10:59</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX - AMAZON FIRE TV STICK HD 2024 - 8GB - WIFI 5 - PRETO</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>CAMERA IP JORTAN JT-8695 4MP / 2 CAM / ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA EUROMAX EM-3428 1L - INOX - PRETO</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>FRITADEIRA ELECTROBRAS EBFR-17 1.7L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>MEGA GRILL ELECTROBRAS EBGR-50 - 110</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
+    <t>MAQUINA PARA CORTAR PELO WAER WA-1950 RECARREGAVEL -  6 PCS</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAER</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 14 5G 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BALAN�A DIGITAL DE BAGAGEM SATE A-WS7707</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1975 USB / FM / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RAQUETE MATA MOSCA  ELETRICA ECOPOWER EP-8199</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>VENTILADOR 3x1 - 18" - BIGSTAR FS-45213 - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>PROJETOR ECOPOWER EP-P101 HDMI - AND - WIFI</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD KINGSTON - 512GB - 100MB/S</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO RAF R.5305B 7L - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>COPO TERMICO 3 EM 1 - 1.2ML / 240ML / 240ML</t>
-[...107 lines deleted...]
-    <t>CHAVE DE FENDA TIPO CANETA SATE A-KS131 / 13 PCS</t>
+    <t>BALAN�A DIGITAL MERCADO BIGSTAR BS-779-S - 40KG - 2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>SANDUICHERA BRITANIA BGR27I - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE GLICOSE ECOPOWER EP-2741 / 50 REF</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>CADEADO 63MM SUNLIGHT 20308 (1 PC)</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>CHAVE DE FENDA TIPO CANETA SATE A-KS134 / 13 PCS</t>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO COM LUMINARIA SATE A-FAN801 - 2V</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS WINNINGSTAR ST-5213 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +260,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b75f3342274718f40b2bb1e32b875ce.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1b6017c5a79c4f00f68481da5260963.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d03b4b763194a809e0029bf484ed82f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a091977428238abf07c91c197ff171e9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aacd45751f08f8863e5351c93f0b0f2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc4b601287d656c798f20ee5f4a2d680.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c95bce95d34b9403da9b3e958a1344b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b309b7da29e5630862078dbcd88a9bcb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a6ff148bd89e382bc7287e5b55168b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b6a4a1bd08d51e155abb9f19f9912e0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b4bca9a8f055a80d83c45a71df2824.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8acc00c25fa2706fe2c7d13e9735479b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085d7515f2cbe8a3c9b9ee2c32bd0c8a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cdc7faffbc7ca6ed5f23bfd5ff8ef0c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70f44875ec49d35d97f46d9d44aebf9e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c7e4e01135855e1a6b6635ebf054b5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e30935e997aff575131df58050c08fc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9abc605ccd2e32a33bff3dde21f91ed.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafab06127a9d3b7edbf5446e58f6359.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7839154d425624e8c4d3dda5ec5022.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af8f7fd7b652d16c38fdb7d2c2757d2f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee73384874cab6d4f0178337a003ec4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c34cce2faba3507ddc1d897f203961d1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1efde46f0d144bdfa7b90f5906d7d57f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c2654c9984adec52bd961267879f76.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f82ffb5c676fd67d8947677e693d1662.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc73f18214493bee0dcc6b51af5f769f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393c9738a1923372046793345b52441f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c63c2425db6a4ef3e857b0c853f86b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4a8609fa904ac06ded767ed00fe2b7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22794b36f7b17144909d3d1cc24c28d9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439dd77ca4fd3488e425cec4cd00ce1d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d52cf0b1ce6ef93b88b26dc638da4679.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd8b3ad8ebcd9952bee9d35fe3027c8c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e500f9585e7a9014cdc6bf2deba5fdb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fe2dadfda7ead1fcf4ac2fb3fe4fd9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/717ecb3679dee217a8fb311872317785.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3ddf2449b869c10ae3f86c2ebd2e69.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec639a4fe8dce39b251052a2df8f43b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9666375d075e7864a9241021e210c69c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1171,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>553889</v>
+        <v>557207</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>553896</v>
+        <v>557214</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>553940</v>
+        <v>557276</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>99.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>553957</v>
+        <v>557368</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.5</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>553964</v>
+        <v>557375</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>3.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>554220</v>
+        <v>557382</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>40.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>554237</v>
+        <v>557443</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>554244</v>
+        <v>557474</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>8.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>554251</v>
+        <v>557504</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>15.5</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>554350</v>
+        <v>557658</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>554367</v>
+        <v>557665</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>554374</v>
+        <v>557726</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>554459</v>
+        <v>557740</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="F14" s="3">
-        <v>18.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>554466</v>
+        <v>557771</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>554473</v>
+        <v>557832</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" t="s">
         <v>37</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>554503</v>
+        <v>557856</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F17" s="3">
-        <v>101.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>554510</v>
+        <v>557900</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="F18" s="3">
-        <v>101.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>554541</v>
+        <v>557962</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>554558</v>
+        <v>557986</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>554565</v>
+        <v>558044</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>53.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>