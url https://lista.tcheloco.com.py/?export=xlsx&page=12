--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,188 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 01:23</t>
-[...5 lines deleted...]
-    <t>Fone com fio</t>
+    <t>Lista gerada no: 12/02/2026 15:26</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2316 - USB - SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PRESENTE 003-002 (PEDALEIRA DE CARRO)</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONTE BAT AUXILIAR SONY CP-AD2</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO SONY MDR-EX15LP / LILAS</t>
-[...17 lines deleted...]
-    <t>PULSEIRA REPELENTE (ANTI-MOSQUITO)</t>
+    <t>ACESS�RIO ACTION-CAM SUPORTE BIKE - (VCT-HM1)</t>
+  </si>
+  <si>
+    <t>Acess. p/action cam SONY</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-2100C CLAS.D / 2CAN / 140WRMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PRODUTOS OFERTA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>FERRO ONIDA ON 992 PARA VIAGEM / VAPOR / 2V</t>
-[...80 lines deleted...]
-    <t>ROADSTAR</t>
+    <t>SPEAKER ECOPOWER EP-1903 BLUETOOTH 2 MICROFONES S/FIO 15 POLEGADAS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM9606 / INOX / 2L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM SURFBOARD (AKA-SM1)</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM BACKPACK (VCT-BPM1) SUPORTE DE MOCHILA</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM WRIST MOUNT (AKA-WM1) PARA PULSO</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM FLOAT (AKA-FL2) BOIA</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/BLU</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/AMARELO</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER  P8800 4600W ION 220V / COBRA</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-W110 - ZOOM - BATERIA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA P/ CABEZA TC-806 TUCANO</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECO.P 5926  05W/E27/      /WHI</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.BAK VHF/UHF BK-ANT188-INTERNA</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47780a5cbeb6fe96cc9cdcf9fc48aae6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39172ede87362c7622bda2270935d5a4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6caa5e7af47cadadc1cde344c04a047.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8305d43b4846c6e27a722dd013e910.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99d98d7ea39d8e9c74fb270f8d684c86.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe2b6ba85a182d13316bc794db6c99f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebdd64d478e6857929c54b85090eeca.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64e361470e6289a2f2d0ca3734d3a0c7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e1f4446baf28b55d0b3b380cf510036.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55175b25e96dc118674b9a69838cb85d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/086c0df16ca4f5cc7cf7fc5410dbeb47.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ba14615d87beb0867a96ccbab404146.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b00c05aca93f72388b1775df6656b0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d98b0c043e8bf33cf98b5fa2deb7a875.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600ec682f3114c2f745a17063c1051ee.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc196000c9ba9225f7dbc9507ebca4ac.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fefb3859311198d834c7b379e824b94a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd3fc8c890760db73386ed98ef51948.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1daaf24d76c65e557b56fa9cef0c87c2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b6f2b01cf9c6b821d94bb61acd5ebc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb837189c7d1724f825ec6c249071f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75edb7aa01f6290d04f2eb5f5b838968.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c05e9843026b0d5df27e9bd10e5424.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ced9e33bdbde1a69df2760fedbdc440.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c43047cb3b1768ee548c86e6e3bee9d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6496ff5839528bfa5dacdca0bc2d3aab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb3a14913462b8af338bbbe9ae10f0b5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c78c72ac9e9291b23e848157fe74f3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d30a7b0d8d26773b21e68b05f21e585.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa99e1e7cf5989df2e11bb85533eb63.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69cb3998364f26201c460386c0881350.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ee62954e3b3028a1ddb4654bb2fdc1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d1ee7bb088271249f5d36d0fd7044e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd788d6cdc5fe828f5a51723def7417e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0812b2a22cce1bcbf2a25894c366e481.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9bb654921ebfa19246c26225431abdb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcaf919f2d73dff4a0ab2cca8b2c05cd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa91b02f6fbf0e044dd6dc63ed6402e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9f896369348bd3af76df36e5b333a9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a683f0691333f73c548746252bfca1c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>258944</v>
+        <v>275255</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>258951</v>
+        <v>278782</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F3" s="3">
-        <v>5.6</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>259156</v>
+        <v>280174</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0.95</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>260817</v>
+        <v>281003</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>11.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>260824</v>
+        <v>281386</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>266178</v>
+        <v>282550</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F7" s="3">
-        <v>0.99</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>271288</v>
+        <v>283557</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>272520</v>
+        <v>284103</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>2.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>272537</v>
+        <v>284967</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>272568</v>
+        <v>284974</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>272599</v>
+        <v>284998</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2.8</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>272964</v>
+        <v>285001</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>274968</v>
+        <v>285247</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>275187</v>
+        <v>285254</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>0.9</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>275255</v>
+        <v>287845</v>
       </c>
       <c r="C16" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" t="s">
         <v>35</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>278782</v>
+        <v>288101</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>1.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>279680</v>
+        <v>288156</v>
       </c>
       <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>2.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>280174</v>
+        <v>288859</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>281003</v>
+        <v>292382</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>281386</v>
+        <v>292924</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>