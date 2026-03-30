--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,191 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 15:26</t>
+    <t>Lista gerada no: 30/03/2026 16:39</t>
+  </si>
+  <si>
+    <t>FERRO ONIDA ON 992 PARA VIAGEM / VAPOR / 2V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 3000MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 3000MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX  AA 2300MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-8804 T8-2V-25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR GENERICO PARA SONY FG1 / BG1 - BAK BK-603</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>SONY</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2316 - USB - SD - RADIO FM - BLUETOOTH</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>PRESENTE 003-002 (PEDALEIRA DE CARRO)</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
+    <t>PILHA RECARREGAVEL MOX AAA 2300MAH / 4 PCS</t>
+  </si>
+  <si>
     <t>FONTE BAT AUXILIAR SONY CP-AD2</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
-    <t>SONY</t>
-[...1 lines deleted...]
-  <si>
     <t>ACESS�RIO ACTION-CAM SUPORTE BIKE - (VCT-HM1)</t>
   </si>
   <si>
     <t>Acess. p/action cam SONY</t>
   </si>
   <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-2100C CLAS.D / 2CAN / 140WRMS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PRODUTOS OFERTA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-1903 BLUETOOTH 2 MICROFONES S/FIO 15 POLEGADAS</t>
   </si>
   <si>
     <t>JARRA ELETRICA MEGASTAR TM9606 / INOX / 2L / 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>ACESS�RIO ACTION-CAM SURFBOARD (AKA-SM1)</t>
   </si>
   <si>
     <t>ACESS�RIO ACTION-CAM BACKPACK (VCT-BPM1) SUPORTE DE MOCHILA</t>
   </si>
   <si>
     <t>ACESS�RIO ACTION-CAM WRIST MOUNT (AKA-WM1) PARA PULSO</t>
-  </si>
-[...52 lines deleted...]
-    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb837189c7d1724f825ec6c249071f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75edb7aa01f6290d04f2eb5f5b838968.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c05e9843026b0d5df27e9bd10e5424.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ced9e33bdbde1a69df2760fedbdc440.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c43047cb3b1768ee548c86e6e3bee9d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6496ff5839528bfa5dacdca0bc2d3aab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb3a14913462b8af338bbbe9ae10f0b5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c78c72ac9e9291b23e848157fe74f3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d30a7b0d8d26773b21e68b05f21e585.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa99e1e7cf5989df2e11bb85533eb63.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69cb3998364f26201c460386c0881350.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ee62954e3b3028a1ddb4654bb2fdc1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d1ee7bb088271249f5d36d0fd7044e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd788d6cdc5fe828f5a51723def7417e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0812b2a22cce1bcbf2a25894c366e481.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9bb654921ebfa19246c26225431abdb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcaf919f2d73dff4a0ab2cca8b2c05cd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa91b02f6fbf0e044dd6dc63ed6402e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9f896369348bd3af76df36e5b333a9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a683f0691333f73c548746252bfca1c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1ddf42e6f525027cedef0ddd3061881.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d2ed561f639d23626f6b00ac2b9354.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f738bbe3ea35608fd77b4b483cbcafb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c30e1434c06bf845cd89970d1d42452.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d4bb0bd6b1b6c7eebc423e6aa82406b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44914a714d3361dac10a9d5f95ea994d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21129ca8734758ed4cbf952be2e27d5d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aedc97f6da6f22a23f8a06a2fc8bd07c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfae2e087934b0081b348bde45930c17.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996e7b76b23983202b3ab07ab9c93c4a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f5a493c2501cb3a131c17d6650c0f0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce6bf275e48461f13c1dbe074dfedebe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72d77a39ee5b76b87a5421e202f1ecd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4abcad8ecf2eb1a22b511a6cd732addd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb81646d243feec51d18b1d2b3bed9e4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f3dd1ef3054bc356be0baa487d2c4e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328d7bf14d90d2f0e69a7b799f1a9a00.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3939d9fb4355851e1f444d17b5497104.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff0d2a4568d4a3135eb95dbf973dff7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5a3ef01c4b2cf7cc46791d9b22ca96.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1163,386 +1154,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>275255</v>
+        <v>271288</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>278782</v>
+        <v>272520</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>280174</v>
+        <v>272537</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>281003</v>
+        <v>272568</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>281386</v>
+        <v>272575</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>282550</v>
+        <v>272599</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>283557</v>
+        <v>274968</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>122.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>284103</v>
+        <v>275187</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>284967</v>
+        <v>275255</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>284974</v>
+        <v>278782</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>284998</v>
+        <v>279680</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>285001</v>
+        <v>280174</v>
       </c>
       <c r="C13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" t="s">
         <v>29</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>285247</v>
+        <v>281003</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>4.95</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>285254</v>
+        <v>281386</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>287845</v>
+        <v>282550</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>23.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>288101</v>
+        <v>283557</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>8.5</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>288156</v>
+        <v>284103</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>40</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>9.8</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>288859</v>
+        <v>284967</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>1.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>292382</v>
+        <v>284974</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>292924</v>
+        <v>284998</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>