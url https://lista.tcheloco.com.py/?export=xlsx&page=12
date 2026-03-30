--- v2 (2026-03-30)
+++ v3 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 16:39</t>
+    <t>Lista gerada no: 30/03/2026 18:29</t>
   </si>
   <si>
     <t>FERRO ONIDA ON 992 PARA VIAGEM / VAPOR / 2V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 2 PCS</t>
   </si>
   <si>
     <t>Pilhas Recarreg�veis</t>
   </si>
   <si>
     <t>MOX</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 4 PCS</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AA 3000MAH / 2 PCS</t>
   </si>
@@ -212,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1ddf42e6f525027cedef0ddd3061881.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d2ed561f639d23626f6b00ac2b9354.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f738bbe3ea35608fd77b4b483cbcafb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c30e1434c06bf845cd89970d1d42452.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d4bb0bd6b1b6c7eebc423e6aa82406b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44914a714d3361dac10a9d5f95ea994d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21129ca8734758ed4cbf952be2e27d5d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aedc97f6da6f22a23f8a06a2fc8bd07c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfae2e087934b0081b348bde45930c17.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996e7b76b23983202b3ab07ab9c93c4a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f5a493c2501cb3a131c17d6650c0f0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce6bf275e48461f13c1dbe074dfedebe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72d77a39ee5b76b87a5421e202f1ecd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4abcad8ecf2eb1a22b511a6cd732addd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb81646d243feec51d18b1d2b3bed9e4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f3dd1ef3054bc356be0baa487d2c4e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328d7bf14d90d2f0e69a7b799f1a9a00.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3939d9fb4355851e1f444d17b5497104.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff0d2a4568d4a3135eb95dbf973dff7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5a3ef01c4b2cf7cc46791d9b22ca96.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915d96b2ab3133e783e24091ec24648f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba901396616588781e9929e6ea19bb10.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/761ea7655479903e08c4bb89940f71d4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c3a467415b07d9e6481a4216f05ed8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4fe31296dcff5b94dfbc2940a0b1719.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a23c6c67af9c2e7edc074203135cdd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c94b2ffd492461c056587838bb20f90.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1138774d9db6cfcd374b358635aa12.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35ddb4cc1a455f6d6832e0923aaf11e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd7e4d4a62bbe241c778c22fe33824c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7845fe69ffb5fda4a594860d5066131e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c94c48114682a6dd563bfbebb80dade.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06798545e98ba1a41e5da90031494ba.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157ebd3eda1a05efc4aad5e296fe2bd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e078fb8e4eac5feca4e18261dfe98d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9450ac271510faf3a5d96f280ac131b6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/999eb99751c838e3088b69de810dec92.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2510bc03bd5d6ed15bc38cd73805557f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cec67c001dd8edb2e7eb01a3e0c51e23.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4f34f023fd275eb8ebe01e48032f99.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>