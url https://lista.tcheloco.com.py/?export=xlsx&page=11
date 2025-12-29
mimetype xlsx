--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,218 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 11:54</t>
-[...38 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 28/12/2025 23:22</t>
+  </si>
+  <si>
+    <t>REFLETOR LED PG LED - 70W - F002 - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>PG-LED</t>
+  </si>
+  <si>
+    <t>LAMPADA LED PG LED C023 - 09W - SPOT - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC SATELLITE  S001 - USB</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GEARBOX 3 )</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE 6X9 ROADSTAR RS-6930 - 2000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PARLANTE AUTOMOTIVO ROADSTAR 12" RS-1250BR 3000W</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS  MOX MO-CB734  AA*4 4300 2V</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR CONDICIONADO PROSPER K-1029</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>REFLETOR LED PG LED - 70W - F002 - BIVOLT - BRANCA</t>
-[...53 lines deleted...]
-    <t>CARREGADOR MOX MO-CB792 AA COM 4 PILHAS 3600MAH - BIVOLT</t>
+    <t>CONTROLE UNIVERSAL PARA TELEVISOR LCD PROSPER H1880</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>BATERIA CR2016 PANASONIC - CARTELA COM 05 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>BATERIA CR2025 PANASONIC CARTELA C/05 UNID</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 PANASONIC CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
-    <t>MOX</t>
-[...34 lines deleted...]
-  <si>
     <t>DVR X-TECH XT-DV104 PARA 4 CAMERAS</t>
   </si>
   <si>
     <t>DVR</t>
   </si>
   <si>
     <t>X-TECH</t>
+  </si>
+  <si>
+    <t>BATERIA MOX REG. 9V / 320MAH</t>
+  </si>
+  <si>
+    <t>BALANCA DE COZINHA SATELLITE A-WS013 - 5 KILOS</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 GOLD</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 ROSA</t>
+  </si>
+  <si>
+    <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 VERDE</t>
+  </si>
+  <si>
+    <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 BRANCO</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR SATELLTE A-H6611 2.3L BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1501f11e21923b0261e1f28c5018333.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59669c9fea89fde301756aa74c74618d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92b85693f4ffea53cc6e8129e5f4236.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8baaa688c5a61a93a71bdc90aeb96775.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f96c35f79e7b087b0517463c28d8ef.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a83ef317d9ea7c8b43a3aa2aa37327.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db5e84df46b7abbd26795b0991c0297f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c597c2e4c35909aee7dc95e167bc09b5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dcb4cc7d26c598a35ba6fc38d76ef45.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa61e9b1f09ebc7bde05787175f3c226.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0059a01998c3fa50f056f2c1aa21102.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce5c2fd2c94a45e9ab898375c199991.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa04fb11c467b2377881a16571ec1f1b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303b01add7cdfaed2fd4e7af813746af.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a7dc657e7f0d3e55e6b1ad67f6caa2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d97b4a7db0873861dbfea6168ebb3b2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf968edd343943c035804d2936f28cee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c33e7557a4db2e7dbd3308a43d842ce5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1793ba951f40995d50e98c47fcf5d8cb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb93db792b03d38fc307eb7c54d57a2c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d430ffb0b2e4409b232dc45f5e39a140.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d345a72d0aa3aa3931e9ab874cf3d2a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e8555b14f9e77ddc7db07d6157b54b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dc3f4a2658da9c8e8fbf8992727810.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64e7507f59c9c3c43e317cb6449f9bda.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562c92e8f076ddca99eaa0c7ea34fcf9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bf188168395f2c50d2a68e6f5423f5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c5f285848b99abb2fd3b0b01d5fb0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e598e0dc1d97adf74f7a51eee5e74a5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589a062af82f4085205c280a421f97c3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b729ae41e127b5314eac1ddd93ec61e3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f140168c98f456ff21ca4c07921e077d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcaf2df9ebbffc59b9b9fd7b08711fe.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f1a88ffec7ff53008804903200eaa52.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd93c415d6f7309a3f3e7327068c9fa9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b5277cf837cec4e40705ccd19316cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/952e7a38f312bea6d860201cf89244dc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4508d7a8333ca63a4c321846b93d8483.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442095f9a83e9e5436ecf4f126bae5fd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b62f899efba417ed1de7a9f391c24f0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>240161</v>
+        <v>242776</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>240178</v>
+        <v>242813</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>240444</v>
+        <v>242974</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>241670</v>
+        <v>246279</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>38.6</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>242233</v>
+        <v>246743</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>58.0</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>242776</v>
+        <v>247733</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>21.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>242813</v>
+        <v>249041</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>242974</v>
+        <v>250337</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>244459</v>
+        <v>250344</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>5.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>246279</v>
+        <v>252096</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>246743</v>
+        <v>252102</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>19.9</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>247733</v>
+        <v>252119</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>249034</v>
+        <v>252843</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>6.6</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>249041</v>
+        <v>254441</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>6.8</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>250337</v>
+        <v>257121</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>250344</v>
+        <v>258227</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>252096</v>
+        <v>258241</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>1.46</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>252102</v>
+        <v>258258</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>1.46</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>252119</v>
+        <v>258272</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>1.46</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>252843</v>
+        <v>258289</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>52.5</v>
+        <v>17.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>