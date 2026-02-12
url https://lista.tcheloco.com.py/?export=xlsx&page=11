--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,200 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 23:22</t>
-[...20 lines deleted...]
-    <t>Speakers P/Pc</t>
+    <t>Lista gerada no: 12/02/2026 13:56</t>
+  </si>
+  <si>
+    <t>BATERIA MOX REG. 9V / 320MAH</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>BALANCA DE COZINHA SATELLITE A-WS013 - 5 KILOS</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>ACCESORIO GO-PRO (GEARBOX 3 )</t>
-[...79 lines deleted...]
-  <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 GOLD</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 ROSA</t>
   </si>
   <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 VERDE</t>
   </si>
   <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 BRANCO</t>
   </si>
   <si>
-    <t>UMIDIFICADOR DE AR SATELLTE A-H6611 2.3L BIVOLT</t>
-[...2 lines deleted...]
-    <t>Umidificadores</t>
+    <t>FONE DE OUVIDO SONY MDR-EX15LP / LILAS</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>CABO RCA Y 2 MACHO E 1 FEMEA</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO SONY MDR-ZX110 / ROSA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO SONY MDR-ZX110 / BLANCO</t>
+  </si>
+  <si>
+    <t>PULSEIRA REPELENTE (ANTI-MOSQUITO)</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>FERRO ONIDA ON 992 PARA VIAGEM / VAPOR / 2V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 3000MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 3000MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX  AA 2300MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>TWEETER BOOSTER BS-305ST - 2000W</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-8804 T8-2V-25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR GENERICO PARA SONY FG1 / BG1 - BAK BK-603</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d430ffb0b2e4409b232dc45f5e39a140.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d345a72d0aa3aa3931e9ab874cf3d2a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e8555b14f9e77ddc7db07d6157b54b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dc3f4a2658da9c8e8fbf8992727810.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64e7507f59c9c3c43e317cb6449f9bda.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562c92e8f076ddca99eaa0c7ea34fcf9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bf188168395f2c50d2a68e6f5423f5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c5f285848b99abb2fd3b0b01d5fb0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e598e0dc1d97adf74f7a51eee5e74a5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589a062af82f4085205c280a421f97c3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b729ae41e127b5314eac1ddd93ec61e3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f140168c98f456ff21ca4c07921e077d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcaf2df9ebbffc59b9b9fd7b08711fe.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f1a88ffec7ff53008804903200eaa52.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd93c415d6f7309a3f3e7327068c9fa9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b5277cf837cec4e40705ccd19316cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/952e7a38f312bea6d860201cf89244dc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4508d7a8333ca63a4c321846b93d8483.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442095f9a83e9e5436ecf4f126bae5fd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b62f899efba417ed1de7a9f391c24f0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3754a6fe7b36c12a7078fae78e56fca8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3478ea59c858e6312cb65b09352bcb6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd0a3942b4648f4a33e063031258fe3b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64919b47bcfcb02c027cea92e1bc3e07.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a6e1eb95a7c6c159c9f96a026e04f2b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a02749b3c0921808efc9772b469ea51.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260c950d0891e682208c17112d4fb13e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97c73f9abd3ea16e8417ccf33b7b1ca.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b7f9571c76411e71cb5cec3dcbb8c5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45348d63c85765f141f19141644bdad1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/242b01128ab2a7a4840a4ebe922b8a07.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f5e28922cb94533fe674a146b68f3a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554b160b9e268a6153fa6697ad770ed1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a18c4accb906c3034ff3be138a5b770a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c140ae53ea5ba8b35a03e796a5e593.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62118a0a94645c2468d118912f89c4eb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d635c13b2bda3f8b9ba184fb9ef03590.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5eee171ab6dbbe96a610aceb5b1dd3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/350eccc86d3b294fde2e79b9f67be7ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece18f2140dabbb2938327318521944b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1142,416 +1127,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>242776</v>
+        <v>254441</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>242813</v>
+        <v>257121</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>242974</v>
+        <v>258227</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>246279</v>
+        <v>258241</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>246743</v>
+        <v>258258</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>19.9</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>247733</v>
+        <v>258272</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
         <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>249041</v>
+        <v>258951</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>6.8</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>250337</v>
+        <v>259156</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>250344</v>
+        <v>260824</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>252096</v>
+        <v>260831</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>1.46</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>252102</v>
+        <v>266178</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1.46</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>252119</v>
+        <v>271288</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>1.46</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>252843</v>
+        <v>272520</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>52.5</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>254441</v>
+        <v>272537</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
         <v>3.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>257121</v>
+        <v>272568</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>258227</v>
+        <v>272575</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>258241</v>
+        <v>272599</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>258258</v>
+        <v>272964</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>258272</v>
+        <v>274968</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>258289</v>
+        <v>275187</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3">
-        <v>17.0</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>