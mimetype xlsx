--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,185 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 13:56</t>
+    <t>Lista gerada no: 30/03/2026 14:58</t>
+  </si>
+  <si>
+    <t>PARLANTE AUTOMOTIVO ROADSTAR 12" RS-1250BR 3000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR CONDICIONADO PROSPER K-1029</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA TELEVISOR LCD PROSPER H1880</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>BATERIA CR2016 PANASONIC - CARTELA COM 05 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>BATERIA CR2025 PANASONIC CARTELA C/05 UNID</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 PANASONIC CARTELA C/05 UNID.</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>DVR X-TECH XT-DV104 PARA 4 CAMERAS</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>X-TECH</t>
   </si>
   <si>
     <t>BATERIA MOX REG. 9V / 320MAH</t>
   </si>
   <si>
-    <t>Baterias</t>
-[...1 lines deleted...]
-  <si>
     <t>MOX</t>
   </si>
   <si>
+    <t>ALTO FALANTE PIONEER 12 POLEGADAS  TS-W3003 D4 2000W EMBORRACHADO</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
     <t>BALANCA DE COZINHA SATELLITE A-WS013 - 5 KILOS</t>
   </si>
   <si>
     <t>Balan�as de cozinha</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 GOLD</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 ROSA</t>
   </si>
   <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 VERDE</t>
   </si>
   <si>
     <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 BRANCO</t>
   </si>
   <si>
     <t>FONE DE OUVIDO SONY MDR-EX15LP / LILAS</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
     <t>CABO RCA Y 2 MACHO E 1 FEMEA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
   </si>
   <si>
+    <t>FONE SONY MDR-ZX110 / PRETO</t>
+  </si>
+  <si>
     <t>FONE DE OUVIDO SONY MDR-ZX110 / ROSA</t>
   </si>
   <si>
     <t>FONE DE OUVIDO SONY MDR-ZX110 / BLANCO</t>
   </si>
   <si>
     <t>PULSEIRA REPELENTE (ANTI-MOSQUITO)</t>
   </si>
   <si>
     <t>Diversos</t>
-  </si>
-[...49 lines deleted...]
-    <t>Acess. p/camera digital</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3754a6fe7b36c12a7078fae78e56fca8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3478ea59c858e6312cb65b09352bcb6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd0a3942b4648f4a33e063031258fe3b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64919b47bcfcb02c027cea92e1bc3e07.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a6e1eb95a7c6c159c9f96a026e04f2b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a02749b3c0921808efc9772b469ea51.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260c950d0891e682208c17112d4fb13e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97c73f9abd3ea16e8417ccf33b7b1ca.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b7f9571c76411e71cb5cec3dcbb8c5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45348d63c85765f141f19141644bdad1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/242b01128ab2a7a4840a4ebe922b8a07.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f5e28922cb94533fe674a146b68f3a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554b160b9e268a6153fa6697ad770ed1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a18c4accb906c3034ff3be138a5b770a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c140ae53ea5ba8b35a03e796a5e593.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62118a0a94645c2468d118912f89c4eb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d635c13b2bda3f8b9ba184fb9ef03590.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5eee171ab6dbbe96a610aceb5b1dd3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/350eccc86d3b294fde2e79b9f67be7ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece18f2140dabbb2938327318521944b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2dac67e9018ab7d42d689820c1a2a42.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d2e015f126c78af2158073ede302ca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583cf411f3d5def9d7253f501abe1fbb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818633a8e5c653da7fd404417dbae838.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7538bda03032532192d779945284428e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bab5c76233dc84c9ac67125a22b2c3f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b7270ba1c8c36be18972fd16c75d6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d7c67c87d55f912a15c0ef51fefa575.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1947dbe74c524ec4023774647245e88a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d53dc394dbf03627416a497652134dbf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87235cdf55f9e8a15006f3530fabdc0b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb63d4febbbf9a5561a9f8539f68b7ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f6f5a77c5b85bdd908c22626a8a8226.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07eb4be994826e450dae2e89f880591a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6791aeb4cdd0e3f458a4180c118916.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab3c2753f7acb6732cbda2361f9aa40.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995c90d0662dea77659b15e1fb427499.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8baeaf5564f4d903ff104451b0d0ff02.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa4cb7818231ddce797c5ea2441a9a3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bd42adb77c0a79f4af7e4571e63aed.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>254441</v>
+        <v>247733</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.3</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>257121</v>
+        <v>250337</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>258227</v>
+        <v>250344</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>258241</v>
+        <v>252096</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>258258</v>
+        <v>252102</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>258272</v>
+        <v>252119</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>258951</v>
+        <v>252843</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>5.6</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>259156</v>
+        <v>254441</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>0.95</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>260824</v>
+        <v>254830</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>260831</v>
+        <v>257121</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>11.75</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>266178</v>
+        <v>258227</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>0.99</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>271288</v>
+        <v>258241</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>272520</v>
+        <v>258258</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>2.3</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>272537</v>
+        <v>258272</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
         <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>3.3</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>272568</v>
+        <v>258951</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>2.3</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>272575</v>
+        <v>259156</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>2.8</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>272599</v>
+        <v>260817</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>2.8</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>272964</v>
+        <v>260824</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>38</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>274968</v>
+        <v>260831</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>275187</v>
+        <v>266178</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>0.9</v>
+        <v>0.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>