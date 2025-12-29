--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,80 +14,71 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 11:52</t>
-[...8 lines deleted...]
-    <t>GLOBALSAT</t>
+    <t>Lista gerada no: 28/12/2025 23:21</t>
   </si>
   <si>
     <t>MAQUINA MONDIAL CORTA CABELO CR-03 220V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>DESPERTADOR CASIO TQ-143</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
@@ -109,132 +100,129 @@
   <si>
     <t>Multimidias</t>
   </si>
   <si>
     <t>PYRAMID</t>
   </si>
   <si>
     <t>BATERIA CELULAR DR HANK DR142H0001 3.7V 2200MAH</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>DR.HANK</t>
   </si>
   <si>
     <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 220V</t>
   </si>
   <si>
-    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
-[...7 lines deleted...]
-  <si>
     <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
   </si>
   <si>
     <t>FOGAO ELETRICO ONIDA ON-01 (1BOCA) 110V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
   </si>
   <si>
     <t>Controles Longa Distancia</t>
   </si>
   <si>
     <t>JFA</t>
   </si>
   <si>
-    <t>ROUTER TP-LINK TL-850 EXTENCAO DE WFI</t>
-[...7 lines deleted...]
-  <si>
     <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>CALCULADORA CASIO FX991ES PLUS CIENTIFICA - 2� EDI��O</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>PULSEIRA BRASIL</t>
   </si>
   <si>
-    <t>AUTO FALANTE BOOSTER BS-168S - 6 POLEGADAS - 1000W - 4 VIAS</t>
-[...5 lines deleted...]
-    <t>BOOSTER</t>
+    <t>AR CONDICIONADO MIDEA 12000 BTU / 60HZ / Q-F / INVERTER - WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
   </si>
   <si>
     <t>SPEAKER MEGASTAR BOLA BRASIL - SD USB FM</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>SOPORTE P/TV SATE  30"/50"  A-526A FIJO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>SATE</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 110V</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 220V</t>
+  </si>
+  <si>
+    <t>Eletr�nicos</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER P-1012 - 12 POLEGADAS - 2 MICROFONES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -257,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80c65a043566d249513756716177036.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dd5d6ee7827911f29d1b03db456ebda.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d646779f8703d40e75f7f19a989da420.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7afbb8a0dd1f4ff80b9d9d1c9594b4b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723977e0a9129b763c7af15ff7262ef6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba25c1e83efb72439cd72cfc7d812ae9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047f975a60e7de7b8a2f3543d9ee19da.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef54b94e9b806597fb9af11375d3d66a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d486b69f5f8990310e9dae9dca859ab3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06bf84916c8fc5fa2399d58607ae7743.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b70b98a9730a83af23d75bc1cb9be8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ed33d5e72bf69d33653f4c189efddaf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b100be9bde2e1cf1e926d8a340e3a632.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433b201cfca4bab5d197d9c708e556e1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c4112ffb00739c1ed9ec801760e922.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74d2202ad95d5374e031de8c42e6cdd0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153c78aad5ec58badba901848b18f537.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe7f4fd53a9abeed43b571938653883.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/113d88dceefe8e9643b47768e0ffba44.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb475f250649b29b0dc899eb5a60668f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5639165587ab452741c285e205dd59a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15aad7062a33a5135618dd4d93dc8c1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39179ab1b30514a34af62c49a986f7ca.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4416df6eee9a2989ff658c4b5f363d83.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564754b6bbd343e7a7796cb2c617879.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8be57e1c1c2b0ce215ec3dc848bf1d7d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8d0338d99531425781c4302fb71a73.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cf3f994ef96470f1737b4639f6431d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703b870fb572deb80c3e9cd511ca17b8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e3f088ceb6aea4cd155d58c1a63318.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db96b91f634ab3f1753268d23b451267.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9d1c10629f8d7b4ddd528908bd8904d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2675f4a932f5e0ce11cc205fba6e1d27.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3430d203ed1d115e616109906142b555.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eec28e68888213e392b724b6f8fb2c4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3646e1541b624ac1492828a5994eed04.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74cd8d2ca9124fdf8ce049cfe4b0e99.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c44c145f630380c0add3cfe2868dd9d5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1edf834198890b2d283c99475b902fab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3d37836cbe35231903581008fafbb7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1168,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>224796</v>
+        <v>227490</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>227490</v>
+        <v>228374</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>228374</v>
+        <v>228695</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.6</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>228695</v>
+        <v>229098</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>229098</v>
+        <v>229791</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>2.75</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>229791</v>
+        <v>230766</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>230766</v>
+        <v>231510</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>231510</v>
+        <v>231527</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>231527</v>
+        <v>232050</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>231664</v>
+        <v>232753</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>39.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>232050</v>
+        <v>232760</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>80.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>232753</v>
+        <v>235167</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>232760</v>
+        <v>235303</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>15.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>232975</v>
+        <v>235617</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>13.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>235167</v>
+        <v>237314</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>3.6</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>235303</v>
+        <v>238205</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>18.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>235617</v>
+        <v>238748</v>
       </c>
       <c r="C18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
         <v>49</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>235990</v>
+        <v>240161</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>238205</v>
+        <v>240178</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>6.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>238748</v>
+        <v>242233</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>12.5</v>
+        <v>58.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>