--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,215 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 23:21</t>
-[...5 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 12/02/2026 13:55</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX991ES PLUS CIENTIFICA - 2� EDI��O</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>PULSEIRA BRASIL</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MIDEA 12000 BTU / 60HZ / Q-F / INVERTER - WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR BOLA BRASIL - SD USB FM</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SOPORTE P/TV SATE  30"/50"  A-526A FIJO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 220V</t>
+  </si>
+  <si>
+    <t>Eletr�nicos</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>DESPERTADOR CASIO TQ-143</t>
-[...8 lines deleted...]
-    <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
+    <t>SPEAKER PROSPER P-1012 - 12 POLEGADAS - 2 MICROFONES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>REFLETOR LED PG LED - 70W - F002 - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>PG-LED</t>
+  </si>
+  <si>
+    <t>LAMPADA LED PG LED C023 - 09W - SPOT - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC SATELLITE  S001 - USB</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GEARBOX 3 )</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
   </si>
   <si>
-    <t>REATOR SLIM PARA KIT XENON FINO - 24V - 1 UNIDADE</t>
-[...113 lines deleted...]
-    <t>PROSPER</t>
+    <t>ALTO FALANTE 6X9 ROADSTAR RS-6930 - 2000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PARLANTE AUTOMOTIVO ROADSTAR 12" RS-1250BR 3000W</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS  MOX MO-CB734  AA*4 4300 2V</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR CONDICIONADO PROSPER K-1029</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA TELEVISOR LCD PROSPER H1880</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>BATERIA CR2016 PANASONIC - CARTELA COM 05 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>BATERIA CR2025 PANASONIC CARTELA C/05 UNID</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 PANASONIC CARTELA C/05 UNID.</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>DVR X-TECH XT-DV104 PARA 4 CAMERAS</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>X-TECH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5639165587ab452741c285e205dd59a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15aad7062a33a5135618dd4d93dc8c1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39179ab1b30514a34af62c49a986f7ca.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4416df6eee9a2989ff658c4b5f363d83.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a564754b6bbd343e7a7796cb2c617879.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8be57e1c1c2b0ce215ec3dc848bf1d7d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8d0338d99531425781c4302fb71a73.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cf3f994ef96470f1737b4639f6431d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703b870fb572deb80c3e9cd511ca17b8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e3f088ceb6aea4cd155d58c1a63318.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db96b91f634ab3f1753268d23b451267.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9d1c10629f8d7b4ddd528908bd8904d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2675f4a932f5e0ce11cc205fba6e1d27.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3430d203ed1d115e616109906142b555.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eec28e68888213e392b724b6f8fb2c4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3646e1541b624ac1492828a5994eed04.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74cd8d2ca9124fdf8ce049cfe4b0e99.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c44c145f630380c0add3cfe2868dd9d5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1edf834198890b2d283c99475b902fab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3d37836cbe35231903581008fafbb7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b246b2d3772cb5cb3cb8bd7943373e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e8eafff91e4f0a2d0af6684d7d61b7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363dcbb5365ca885281f12a60e037616.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d8784f51c0e3d589861fff7dab76.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb57418ac6c62399e9d749caa5584d9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c3bc76023a291acfaeda81caecd1361.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68cd50384b2b0bf6344a161e02457cd0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268831ce541eca1107d6af6e2c3941fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1576224a16fdce79f2cdb6406135899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecde122fa68fd7c744ae8d3361e2bd6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c53eb11db135447bafddcf565accb058.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9df856b3c9e6689005c9580160e6e908.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be2210702a9beb53ec4aeb4bcc612d3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea79d1875bf13df1dcfcccc83664be4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e060d709808cbb47b84280dbdf996625.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854ec564973046b44beec2aa102bf634.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2cdf93716a6cf2d9b72a552c4c22e68.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ad7a2a8f1d4466b8786ac716ef02cf.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/904e72ff02d68d9d47d152284f882946.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0120c8cb20f17853375d84721cdb1a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1157,416 +1163,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>227490</v>
+        <v>235303</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>228374</v>
+        <v>235617</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.6</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>228695</v>
+        <v>237314</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>338.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>229098</v>
+        <v>238205</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>2.75</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>229791</v>
+        <v>238748</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>95.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>230766</v>
+        <v>240178</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>231510</v>
+        <v>242233</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
         <v>26</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>23.5</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>231527</v>
+        <v>242776</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>232050</v>
+        <v>242813</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>80.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>232753</v>
+        <v>242974</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>232760</v>
+        <v>246279</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>16.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>235167</v>
+        <v>246743</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>3.6</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>235303</v>
+        <v>247733</v>
       </c>
       <c r="C14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" t="s">
         <v>38</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>39</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>18.9</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>235617</v>
+        <v>249041</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>237314</v>
+        <v>250337</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>335.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>238205</v>
+        <v>250344</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F17" s="3">
-        <v>6.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>238748</v>
+        <v>252096</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>12.5</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>240161</v>
+        <v>252102</v>
       </c>
       <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
         <v>50</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>240178</v>
+        <v>252119</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>242233</v>
+        <v>252843</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>58.0</v>
+        <v>52.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>