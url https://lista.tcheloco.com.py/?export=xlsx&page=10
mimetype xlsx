--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,221 +14,230 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 13:55</t>
+    <t>Lista gerada no: 30/03/2026 14:57</t>
+  </si>
+  <si>
+    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>JFA</t>
+  </si>
+  <si>
+    <t>ROUTER TP-LINK TL-850 EXTENCAO DE WFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
   </si>
   <si>
     <t>CALCULADORA CASIO FX991ES PLUS CIENTIFICA - 2� EDI��O</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>PULSEIRA BRASIL</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
+    <t>AUTO FALANTE BOOSTER BS-168S - 6 POLEGADAS - 1000W - 4 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
     <t>AR CONDICIONADO MIDEA 12000 BTU / 60HZ / Q-F / INVERTER - WIFI</t>
   </si>
   <si>
     <t>AR CONDICIONADOS</t>
   </si>
   <si>
     <t>MIDEA</t>
   </si>
   <si>
     <t>SPEAKER MEGASTAR BOLA BRASIL - SD USB FM</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>SOPORTE P/TV SATE  30"/50"  A-526A FIJO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
     <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 220V</t>
   </si>
   <si>
     <t>Eletr�nicos</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...5 lines deleted...]
-    <t>PROSPER</t>
+    <t>CONTRLE DE LONGA DISTANCIA TARAMPS TLC3000 - 300 METROS</t>
   </si>
   <si>
     <t>REFLETOR LED PG LED - 70W - F002 - BIVOLT - BRANCA</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
     <t>PG-LED</t>
   </si>
   <si>
     <t>LAMPADA LED PG LED C023 - 09W - SPOT - BIVOLT - BRANCA</t>
   </si>
   <si>
     <t>Lampadas P/Embutir</t>
   </si>
   <si>
     <t>SPEAKER PARA PC SATELLITE  S001 - USB</t>
   </si>
   <si>
     <t>Speakers P/Pc</t>
   </si>
   <si>
+    <t>CALCULADORA TRULY 808A-12</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
     <t>ACCESORIO GO-PRO (GEARBOX 3 )</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
   </si>
   <si>
     <t>ALTO FALANTE 6X9 ROADSTAR RS-6930 - 2000W</t>
   </si>
   <si>
-    <t>Alto Falantes</t>
-[...1 lines deleted...]
-  <si>
     <t>ROADSTAR</t>
-  </si>
-[...49 lines deleted...]
-    <t>X-TECH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +260,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b246b2d3772cb5cb3cb8bd7943373e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e8eafff91e4f0a2d0af6684d7d61b7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363dcbb5365ca885281f12a60e037616.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d8784f51c0e3d589861fff7dab76.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb57418ac6c62399e9d749caa5584d9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c3bc76023a291acfaeda81caecd1361.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68cd50384b2b0bf6344a161e02457cd0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268831ce541eca1107d6af6e2c3941fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1576224a16fdce79f2cdb6406135899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecde122fa68fd7c744ae8d3361e2bd6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c53eb11db135447bafddcf565accb058.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9df856b3c9e6689005c9580160e6e908.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be2210702a9beb53ec4aeb4bcc612d3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea79d1875bf13df1dcfcccc83664be4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e060d709808cbb47b84280dbdf996625.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854ec564973046b44beec2aa102bf634.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2cdf93716a6cf2d9b72a552c4c22e68.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ad7a2a8f1d4466b8786ac716ef02cf.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/904e72ff02d68d9d47d152284f882946.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0120c8cb20f17853375d84721cdb1a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1fc4d17672964ad91ec93c7484bccc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/415b2ac02b2cc14b03f7761ff2ecb826.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb66b3995898c82f8f427cc83faafcd2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f59c1a4dd16a5a5dd646950d9e2e43c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4ed8a8afb05ef3e352b5bca3e0e017.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea3da0a0c81971a2c06427b03fd08ab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fa5145b8e71d01a02699a07926a004.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a630ccb1e2c3b98a3df151a42b3006.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccebab849e52aee5176c2facb742eddd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208e44128cabae5d996646395fd7d0ec.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7d1f89a99fa244165e638ca9a23296.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb44bcf17152ea77879928bb77c272e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1ea45beda90096548da277a12bd27f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b7e7a72a2b830ccc1f9c0609bfec7aa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473c9c475f6868925df5bad8cded5e79.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f4e805c4e95dd7416a664faf74f5e2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39d327c9b6ea2ed5a96aa7ac628b7f91.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258668113ed24824b3d137a6c9c87a70.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cacf034164ff4fa1abe0d91a91b3397.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/119f81d8a5940238cbcc837c46c5889d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1163,416 +1172,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>235303</v>
+        <v>231664</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.9</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>235617</v>
+        <v>232050</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>237314</v>
+        <v>232760</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>338.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>238205</v>
+        <v>232975</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>6.5</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>238748</v>
+        <v>235167</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>12.5</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>240178</v>
+        <v>235303</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>16.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>242233</v>
+        <v>235617</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>58.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>242776</v>
+        <v>235990</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>242813</v>
+        <v>237314</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>242974</v>
+        <v>238205</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>246279</v>
+        <v>238748</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>246743</v>
+        <v>240161</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F13" s="3">
-        <v>19.9</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>247733</v>
+        <v>240178</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>249041</v>
+        <v>240444</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>6.8</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>250337</v>
+        <v>242776</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="F16" s="3">
-        <v>3.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>250344</v>
+        <v>242813</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>252096</v>
+        <v>242974</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>1.46</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>252102</v>
+        <v>243377</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>1.46</v>
+        <v>5.15</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>252119</v>
+        <v>246279</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F20" s="3">
-        <v>1.46</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>252843</v>
+        <v>246743</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F21" s="3">
-        <v>52.5</v>
+        <v>19.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>