--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 14:57</t>
+    <t>Lista gerada no: 30/03/2026 16:30</t>
   </si>
   <si>
     <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>TARAMPS</t>
   </si>
   <si>
     <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
   </si>
   <si>
     <t>Multimidias</t>
   </si>
   <si>
     <t>PYRAMID</t>
   </si>
   <si>
     <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
   </si>
   <si>
     <t>Controles Longa Distancia</t>
   </si>
@@ -260,51 +260,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1fc4d17672964ad91ec93c7484bccc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/415b2ac02b2cc14b03f7761ff2ecb826.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb66b3995898c82f8f427cc83faafcd2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f59c1a4dd16a5a5dd646950d9e2e43c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4ed8a8afb05ef3e352b5bca3e0e017.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea3da0a0c81971a2c06427b03fd08ab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fa5145b8e71d01a02699a07926a004.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a630ccb1e2c3b98a3df151a42b3006.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccebab849e52aee5176c2facb742eddd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208e44128cabae5d996646395fd7d0ec.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7d1f89a99fa244165e638ca9a23296.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb44bcf17152ea77879928bb77c272e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1ea45beda90096548da277a12bd27f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b7e7a72a2b830ccc1f9c0609bfec7aa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473c9c475f6868925df5bad8cded5e79.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f4e805c4e95dd7416a664faf74f5e2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39d327c9b6ea2ed5a96aa7ac628b7f91.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258668113ed24824b3d137a6c9c87a70.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cacf034164ff4fa1abe0d91a91b3397.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/119f81d8a5940238cbcc837c46c5889d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8c92cab6202320807f1aa2bf7f2569d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2db53098f143042ca154c82aacd437.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013bdf1e9fcb066bbff7c246238d4d20.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5a63703da7cff29c00501695a7c221.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf90f081c9695f7972c63ed0e698abb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b33a0b3c1c71b1e42698ab64bf0af25.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93550e7dca15c1cd70836d95205ef660.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b83ed22f31058f2792d3c957c9ef149a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a46225b47a4d07111ecafa48951bc5cf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d9c2b67da3f2fa924d6de23deb1c27.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2bf2355ac1fa83af22d69e04cb8341.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0412cc73ec48eb104e4a61985edbed2e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ae0433503d5112e8d56a01cd4051678.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b5218a473c32cf5b611985c2937d20.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31969f535b437f981b06195b0a9da78b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c49626a7911856f36066afd1ac92daee.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/579b0466f422a689c6d07a0ff579394d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b242809a1da5f2e6c110b4ed7f6d9f7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a08f3e5c575607199fbff1634894fb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d87ed78c65ce027dad8ca2151e0624.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>