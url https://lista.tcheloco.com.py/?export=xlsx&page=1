--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,194 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 07:21</t>
+    <t>Lista gerada no: 28/12/2025 17:51</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
+    <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
   </si>
   <si>
-    <t>MINI VAPORETO TITAN - TLV-811 - 110V</t>
-[...7 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
-    <t>M�dulos</t>
-[...4 lines deleted...]
-  <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
-    <t>CORNETA PRETA - LONGA</t>
-[...4 lines deleted...]
-  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
+  </si>
+  <si>
+    <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b6fbe97289df9fce20432372a053b7c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/784c3b78901a44af4ecf809b594cd607.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc36a079a8240e5fdbce1d9fc4cd856b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cdd15dead5d364ccb7131f02821afdd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90bda61e0b89c9bdfcdff2b3e626a9c3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd7592b231142142d10df320b2a75b1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4add12344419b8e5a6f008c0776785d8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65b07675fa9c50e7717657e9616120d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb37e893277663b9c368026485286796.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280e9f579ff615eeb3d4e75f0c48b5c2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccaf73d569ec395f1083ea719f06c114.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66988889d5aa7072861be0932a7b9d6a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2b094e46c6603c7ab6c0bf36b75725.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272a4c3fd9efe856eb9ccf0be7722bc9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed90ccdb8a72f528f635b775c7d8ec48.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce438899c37f4b9812549cd4426c13bc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0f552127260cfae00948cb39069d4d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357b43e3af9258fa128ed96d17693ed0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9506b61dbdb6067a2258b9af87d8d49c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc7fe379e7ff5dd5c0dce8598fe3ecf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a0caebdcb783a1712a05681c62edb8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e62ea51173f8970557103f33f1d85fa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af691bb9634bf0120ff1f3461638dc0c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2036239a2c5d6ce73a44ba6aed635c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff75937ac1a970f63a126f0f9820fc6a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845c9f89f1549954bb4eda622afd8b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60d6f45abac6741b77ffb98546d5e2c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e97ef9165a577d4c00f66837da99fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f808829fec2efd6247bd04991288427.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920e3eecc84a48cb272f2ca440f2c7df.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c5a13c4ef37d36f51ff3d44d84ad7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77d3d3d2444e77b6bec4c4f35cd92eb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e478f05e9c07cbe61d6a2dc9588757c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2c9e447210af13ac063b143a7e02b7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b6074df87cbec58f59dd56aae95dd2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15d53575915447e8f9830f5e629f785.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01eccef932bae5c345f0c77f2cb2aeda.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e761d9b47c89785ff0bdab368d407.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8fabf7e5d4089d43fba72f246ca2f6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caaeb56cb1ab2a631e200802b353c01e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1200,131 +1194,131 @@
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>2.4</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
         <v>109</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
         <v>2.2</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7.86</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>2.66</v>
+        <v>8.26</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>420</v>
+        <v>352</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.56</v>
+        <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>512</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>581</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
         <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>604</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
@@ -1342,210 +1336,210 @@
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
         <v>741</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="3">
         <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
         <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
         <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
         <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
         <v>1250</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="3">
         <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>1632</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="3">
         <v>7.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
         <v>1656</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>1663</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>1793</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>2.96</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>