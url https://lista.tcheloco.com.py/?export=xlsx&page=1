--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -34,168 +34,168 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 17:51</t>
+    <t>Lista gerada no: 12/02/2026 09:17</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
-    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
-[...1 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
-[...4 lines deleted...]
-  <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
+    <t>CORNETA PRETA - LONGA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a0caebdcb783a1712a05681c62edb8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e62ea51173f8970557103f33f1d85fa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af691bb9634bf0120ff1f3461638dc0c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2036239a2c5d6ce73a44ba6aed635c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff75937ac1a970f63a126f0f9820fc6a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845c9f89f1549954bb4eda622afd8b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60d6f45abac6741b77ffb98546d5e2c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e97ef9165a577d4c00f66837da99fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f808829fec2efd6247bd04991288427.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920e3eecc84a48cb272f2ca440f2c7df.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c5a13c4ef37d36f51ff3d44d84ad7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77d3d3d2444e77b6bec4c4f35cd92eb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e478f05e9c07cbe61d6a2dc9588757c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2c9e447210af13ac063b143a7e02b7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b6074df87cbec58f59dd56aae95dd2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15d53575915447e8f9830f5e629f785.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01eccef932bae5c345f0c77f2cb2aeda.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e761d9b47c89785ff0bdab368d407.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8fabf7e5d4089d43fba72f246ca2f6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caaeb56cb1ab2a631e200802b353c01e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d4b52d1aced8bfcce27a9240b90586.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a7e2f97292be927e1c7bb95b5ba14b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d461f6491f6c69788c9c565473d21e48.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e1fe115f2df737fe16b09de18c6481.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3b6b39f39171dcd6b7fa06730a92ed.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a0857f02b31a7c5f26a8bc9ce67ff3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bee1218b5ff4934058b2ec6233a83d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083fc80acb004eadc7d1679072cf94d0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db5d878889e7ec4f484ffccf6fc2da2a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c4cc10ce724f6069c4f030d13380c7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61680ec8f225db049c3197d55e90a567.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73f13b6e7249ee3a24c2a1d38842e50d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b26a9cf55fdcdc6e475ca48a4ebcebf9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a17e52f4041de62ed45e60fae3b2c7e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9bd653c74d58c99639a7787dde041b7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c68c646378d12881e5b798f20f48024.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bcd796fa3a000a1b44dcff827b0d115.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df98625886bfd82ff7be635e3808e27d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b3413007a571479849fe24f306594f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f17b3b2f81f575f31cfa1115e3e372.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1130,51 +1130,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -1262,284 +1262,284 @@
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437</v>
+        <v>581</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>1.59</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581</v>
+        <v>604</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>2.1</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>604</v>
+        <v>741</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>741</v>
+        <v>819</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>142.0</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>819</v>
+        <v>994</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>9.5</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>994</v>
+        <v>1199</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1.6</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1199</v>
+        <v>1250</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>117.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1250</v>
+        <v>1656</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>48.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1632</v>
+        <v>1663</v>
       </c>
       <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
         <v>34</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>7.5</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1656</v>
+        <v>1793</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>1663</v>
+        <v>2110</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>3.26</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3100</v>
+        <v>3681</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F21" s="3">
-        <v>0.9</v>
+        <v>152.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>