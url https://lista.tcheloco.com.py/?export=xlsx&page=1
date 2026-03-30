--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -34,95 +34,98 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 09:17</t>
+    <t>Lista gerada no: 30/03/2026 08:51</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
+    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
+  </si>
+  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
@@ -149,53 +152,50 @@
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
     <t>CORNETA PRETA - LONGA</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
-  </si>
-[...1 lines deleted...]
-    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d4b52d1aced8bfcce27a9240b90586.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a7e2f97292be927e1c7bb95b5ba14b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d461f6491f6c69788c9c565473d21e48.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e1fe115f2df737fe16b09de18c6481.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3b6b39f39171dcd6b7fa06730a92ed.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a0857f02b31a7c5f26a8bc9ce67ff3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bee1218b5ff4934058b2ec6233a83d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083fc80acb004eadc7d1679072cf94d0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db5d878889e7ec4f484ffccf6fc2da2a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c4cc10ce724f6069c4f030d13380c7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61680ec8f225db049c3197d55e90a567.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73f13b6e7249ee3a24c2a1d38842e50d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b26a9cf55fdcdc6e475ca48a4ebcebf9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a17e52f4041de62ed45e60fae3b2c7e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9bd653c74d58c99639a7787dde041b7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c68c646378d12881e5b798f20f48024.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bcd796fa3a000a1b44dcff827b0d115.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df98625886bfd82ff7be635e3808e27d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b3413007a571479849fe24f306594f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f17b3b2f81f575f31cfa1115e3e372.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085cd4101690f6539be7f3765acacf20.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0606e5458b46466ef2ea7e68e395baa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d475306a307bb60a50548167500768a7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91c838c432fb7f88eb9c6d4a1f5260b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069521c0d38ea2e29ad4dba6541a4523.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4de0cccba4d228ebec0e552edb3659.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e4fb48365e42e6cc297d3c1711eac1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f6963db39dd7dad451497032664375.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9f897e5142891aa0afa91567e2ae1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8d805dbee7e6a7b2bc8f54f51d39b2b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dddbb408847ccbc959812758ef734e43.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a661c80e2120817fd417f3fbd8506bc1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a1f61cecc0513dbc92da4839885c56.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5644c57d041e60dcb2fc46092b8c6644.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa5d5c93d64c11fc4d2924911743075.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d0615da8f4ee64d74e308d26691ddf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b53e21459020a8f6b25a5309da81f1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414e70af84c97e57a852d832e63286b2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cec9ba57f9c41f44052bbc11daf2ac5b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4418a01c4758c089e95c1987272d535e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1223,323 +1223,323 @@
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
         <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>8.26</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
         <v>352</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>604</v>
+        <v>581</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>9.5</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>741</v>
+        <v>604</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>142.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>819</v>
+        <v>741</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>9.99</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>994</v>
+        <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>1.6</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>1199</v>
+        <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>117.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1250</v>
+        <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>48.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1656</v>
+        <v>1250</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1663</v>
+        <v>1656</v>
       </c>
       <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
         <v>35</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1793</v>
+        <v>1663</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>2110</v>
+        <v>1793</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>25.6</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2554</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>3.26</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>3100</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>0.9</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3681</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>152.0</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>