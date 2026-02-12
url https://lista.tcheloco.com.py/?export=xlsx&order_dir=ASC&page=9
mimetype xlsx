--- v0 (2025-11-13)
+++ v1 (2026-02-12)
@@ -14,203 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 11:57</t>
-[...20 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 12/02/2026 14:00</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MEGASTAR MGB080 / 110V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ECOPOWER EP1025 2V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-148</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK 64GB Z50 - MINI - PRETO E VERMELHO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR 988 CALIENTE /FRIO/NATURAL - 220</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>SUPORTE FIXO LUXOR LCD-201 PARA TELEVISORES DE 13 A 27 POLEGADAS</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>LUXOR</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA GTR KIA SORENTO TV DIGITAL/C-R</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>GTR</t>
+  </si>
+  <si>
+    <t>CONTROLE PARA RECEPTOR GLOBALSAT ORIGINAL</t>
+  </si>
+  <si>
+    <t>Controles p/ receptor</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5920 - 30W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL CORTA CABELO CR-03 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>SECADOR MONDIAL INFINITY ION SC-12 220V</t>
-[...5 lines deleted...]
-    <t>Apresentador de Slides</t>
+    <t>DESPERTADOR CASIO TQ-143</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>REATOR SLIM PARA KIT XENON FINO - 24V - 1 UNIDADE</t>
+  </si>
+  <si>
+    <t>Reator p/kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CALCULADORA CIENTIFICA   CASIO FX570ES PLUS</t>
-[...8 lines deleted...]
-    <t>GRILL MONDIAL G-04 SMART GRILL      220V</t>
+    <t>MULTIMIDIA PYRAMID FIAT BRAVO 2012-2014</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>BATERIA CELULAR DR HANK DR142H0001 3.7V 2200MAH</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>FONTE RECEPTORES UNIVERSAL</t>
-[...77 lines deleted...]
-    <t>GTR</t>
+    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>JFA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd326c1baf44dabab6a935051fc181a9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b286fee5f50f012526d83769907a1d9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a16e617add44a7db953fe4e2d5552a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ec21659f131aeb2ca97b7f061fa054.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/654c3a1c11802b1e067754f823a4f9cb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb936a7884232fec04de0434a57296f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/184ddf152d0c4292fb59ad1ec6fff1f8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f8f42f66ca0da435f8e5eedb15966c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f36a26aae27a04c05c35a51323e093d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32bee6764844d0c49d75728112158a4d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ffb78559c6f018a2a5a3d149feb3557.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54b3504be6854f43e84c6863fb921741.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d96f5fa56641aad3bc7f8360ca17c641.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9dbcf8a051d309514e82d283ccb5e8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67da3f349b0aa1b73280289350c0a09e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f170be003be1218c5a51aa26ee48bf5d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc4759a3c9a83399722aee90985e12e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37ea365efd17ac39dea3787e6599a20.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e29902850080687d17349626c7fc224.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a0c8e258fedfaee8ee33d45a623658.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245a6d36d07a1ca241b9252d53366efa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a9aaf692a8cbadcfceb0253cdcdbfb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cce6530008b1ea20431cd563105898d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c2f14512eef4c95bf3910b83d9301e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376e39bb9d97c337b56ccd0acaa17adc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c38b5a529eff7a23e83df34b057899.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ccbd25f74a39ec3e2ab91ff4e1228a4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc2fcae45a72078c9de6f94e5c4255f2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95987316797b27f0abac378ffbb65e9a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7409e5fbe6c026bc4e7cb80e35c60d3d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6820e0230471cc9f61c187dbabf88552.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e7c8a9490a97d5155f9fb29923d7ac5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a01ab665c87023c8588009c807146f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d7a813bec54f6c43412cc7a2bc4c15.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9362e8162cf09513c9fcf3633ec89c82.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ec5aca73a3f0cc723cc8fea258bbeb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86929036de95f29d1d01640238a4c32.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39296de1a17f33e04003d07890a8a991.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085f646d513845676605dacd79e665e1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1b6f9f4ab005521dc83222e3b24d60.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -335,51 +356,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="838200" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1144,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>206846</v>
+        <v>214421</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>206853</v>
+        <v>217606</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>206860</v>
+        <v>217958</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>209168</v>
+        <v>219884</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>22.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>209175</v>
+        <v>219907</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>19.5</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>209670</v>
+        <v>220033</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>9.6</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>210645</v>
+        <v>220453</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>17.5</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>210935</v>
+        <v>224796</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>211536</v>
+        <v>226967</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>211604</v>
+        <v>227490</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>2.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>211758</v>
+        <v>228374</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>211888</v>
+        <v>228695</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>213400</v>
+        <v>229098</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>213639</v>
+        <v>229791</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>214421</v>
+        <v>230766</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F16" s="3">
-        <v>34.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>217606</v>
+        <v>231510</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>217958</v>
+        <v>231664</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>219884</v>
+        <v>232050</v>
       </c>
       <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
+        <v>25</v>
+      </c>
+      <c r="E19" t="s">
         <v>43</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>3.96</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>219907</v>
+        <v>232760</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>127.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>220453</v>
+        <v>235167</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>128.0</v>
+        <v>3.6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>