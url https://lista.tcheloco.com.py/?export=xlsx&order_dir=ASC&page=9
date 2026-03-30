--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,224 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 14:00</t>
-[...8 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>Lista gerada no: 30/03/2026 14:57</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4902 50W - 2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4903 100W - 2V</t>
+  </si>
+  <si>
+    <t>KIT XENON HID (H-7) 4300K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA  CIENTIFICA CASIO FX95ES-PLUS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CONTROLE PARA FITA LED COLORIDO</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
   </si>
   <si>
     <t>PROJETOR LASER ECOPOWER EP1025 2V</t>
   </si>
   <si>
     <t>Projetores de Luzes</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>DESPERTADOR CASIO TQ-148</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>CASIO</t>
-[...1 lines deleted...]
-  <si>
     <t>PENDRIVE SANDISK 64GB Z50 - MINI - PRETO E VERMELHO</t>
   </si>
   <si>
     <t>Pen Drives</t>
   </si>
   <si>
     <t>SANDISK</t>
   </si>
   <si>
-    <t>BEBEDOURO MEGASTAR 988 CALIENTE /FRIO/NATURAL - 220</t>
-[...4 lines deleted...]
-  <si>
     <t>SUPORTE FIXO LUXOR LCD-201 PARA TELEVISORES DE 13 A 27 POLEGADAS</t>
   </si>
   <si>
     <t>TVs</t>
   </si>
   <si>
     <t>LUXOR</t>
   </si>
   <si>
     <t>MULTIMIDIA GTR KIA SORENTO TV DIGITAL/C-R</t>
   </si>
   <si>
     <t>Multimidias</t>
   </si>
   <si>
     <t>GTR</t>
   </si>
   <si>
-    <t>CONTROLE PARA RECEPTOR GLOBALSAT ORIGINAL</t>
-[...7 lines deleted...]
-  <si>
     <t>LAMPADA LED ECOPOWER EP-5920 - 30W - E27 - BRANCA</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
     <t>MAQUINA MONDIAL CORTA CABELO CR-03 220V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>DESPERTADOR CASIO TQ-143</t>
   </si>
   <si>
     <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
   </si>
   <si>
+    <t>PLACA UNIVERSAL PARA AR CONDICIONADO</t>
+  </si>
+  <si>
     <t>REATOR SLIM PARA KIT XENON FINO - 24V - 1 UNIDADE</t>
   </si>
   <si>
     <t>Reator p/kit Xenon</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>MULTIMIDIA PYRAMID FIAT BRAVO 2012-2014</t>
   </si>
   <si>
     <t>PYRAMID</t>
   </si>
   <si>
     <t>BATERIA CELULAR DR HANK DR142H0001 3.7V 2200MAH</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>DR.HANK</t>
   </si>
   <si>
     <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
-[...23 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245a6d36d07a1ca241b9252d53366efa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a9aaf692a8cbadcfceb0253cdcdbfb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cce6530008b1ea20431cd563105898d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c2f14512eef4c95bf3910b83d9301e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376e39bb9d97c337b56ccd0acaa17adc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c38b5a529eff7a23e83df34b057899.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ccbd25f74a39ec3e2ab91ff4e1228a4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc2fcae45a72078c9de6f94e5c4255f2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95987316797b27f0abac378ffbb65e9a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7409e5fbe6c026bc4e7cb80e35c60d3d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6820e0230471cc9f61c187dbabf88552.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e7c8a9490a97d5155f9fb29923d7ac5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a01ab665c87023c8588009c807146f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d7a813bec54f6c43412cc7a2bc4c15.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9362e8162cf09513c9fcf3633ec89c82.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ec5aca73a3f0cc723cc8fea258bbeb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86929036de95f29d1d01640238a4c32.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39296de1a17f33e04003d07890a8a991.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085f646d513845676605dacd79e665e1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1b6f9f4ab005521dc83222e3b24d60.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2867d1683d3c439905648d451b8f0285.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b84994053ebc42f7128a271d2495bc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e862f6af77663d662262d7a48f8124da.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447bdbcd16963051ac23f476c3f31ee2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8968c4d60ba4f3b295f882c068d6c64.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d36bb2cae0812a1624ab1472a663c5d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677e85fb6db781a31dcf7e514986a8d4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0449494b38847502982080894d11f447.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538488b0b858514de8d7ecc6a19395cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050d8dd3bd73bc923d547a94123bc7e6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34032f75f8d0ce143ca22ef8888e82c5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c4a04043ba298c219d1667414296d1f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8fe691052027faf7cb8dd516946b689.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533d00fabdbf1c861d4be3b0141f61e2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e690848a45291a087d6eb5b2e7ed4bb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eef4f63517e106b924e08b33170c1c2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e171ec338cbbfdc46d0115d250e7a98.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62cdfff0d61ff41476db07e1f20f157d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b016dc4e13298e730536513c60713a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e4e5439989fb66d0837357a640a3451.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1166,416 +1148,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>214421</v>
+        <v>211758</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>34.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>217606</v>
+        <v>211765</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>217958</v>
+        <v>211888</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>219884</v>
+        <v>213400</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>219907</v>
+        <v>213639</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>127.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>220033</v>
+        <v>217606</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>220453</v>
+        <v>217958</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>128.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>224796</v>
+        <v>219884</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>3.0</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>226967</v>
+        <v>220033</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>227490</v>
+        <v>220453</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>228374</v>
+        <v>226967</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>8.6</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>228695</v>
+        <v>227490</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>229098</v>
+        <v>228374</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>2.75</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>229791</v>
+        <v>228695</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>95.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>230766</v>
+        <v>229081</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>231510</v>
+        <v>229098</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>23.5</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>231664</v>
+        <v>229791</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>39.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>232050</v>
+        <v>230766</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>232760</v>
+        <v>231510</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>235167</v>
+        <v>231527</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F21" s="3">
-        <v>3.6</v>
+        <v>23.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>