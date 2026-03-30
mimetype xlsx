--- v2 (2026-03-30)
+++ v3 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 14:57</t>
+    <t>Lista gerada no: 30/03/2026 16:18</t>
   </si>
   <si>
     <t>REFLETOR LED ECOPOWER EP-4902 50W - 2V</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>REFLETOR LED ECOPOWER EP-4903 100W - 2V</t>
   </si>
   <si>
     <t>KIT XENON HID (H-7) 4300K</t>
   </si>
   <si>
     <t>Kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA  CIENTIFICA CASIO FX95ES-PLUS</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2867d1683d3c439905648d451b8f0285.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b84994053ebc42f7128a271d2495bc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e862f6af77663d662262d7a48f8124da.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447bdbcd16963051ac23f476c3f31ee2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8968c4d60ba4f3b295f882c068d6c64.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d36bb2cae0812a1624ab1472a663c5d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677e85fb6db781a31dcf7e514986a8d4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0449494b38847502982080894d11f447.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538488b0b858514de8d7ecc6a19395cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050d8dd3bd73bc923d547a94123bc7e6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34032f75f8d0ce143ca22ef8888e82c5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c4a04043ba298c219d1667414296d1f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8fe691052027faf7cb8dd516946b689.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533d00fabdbf1c861d4be3b0141f61e2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e690848a45291a087d6eb5b2e7ed4bb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eef4f63517e106b924e08b33170c1c2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e171ec338cbbfdc46d0115d250e7a98.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62cdfff0d61ff41476db07e1f20f157d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b016dc4e13298e730536513c60713a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e4e5439989fb66d0837357a640a3451.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d54bf9701283b8a7adb22c4aeb4caea.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2badd1e72b1f26280923accbb11d2e78.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9655ef5a85ecd07def505bbf7caa134c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a7aff67a422f7ea37fd4601b3d0ad4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4070bb1c3a819bf5314fe48a2e33b0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941ca40ee2c1f66bdecb5dfa410e4dbc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527520152f4dbdd696aa8aa516207501.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7148676c3c523f68cc2f39edb4babb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7934d20dfabbb73259db421d203c5cd0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a831b66a18da3725ebad50bf3bb5ad7d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24859b425b76fd9fb78fe74f6182ad8b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c40af2dbb843dad41facf7c54ff7d6f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae6223828fb392d0ad5f1b96bb0f01c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72fa4b6d69ac5df5bceeefb2a4a4dc0a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a494ef0c0b9e8b97e02c9d47b2c259.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b617c62f8d264bd27504b97a11bce638.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652c78d0da704cfa6ef20750b099f911.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f2e81591da055cc0d2f8236ecf39d2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06572a846616b9a71df68b2347813443.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08e23a128b66d06680628db047d8e40e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>