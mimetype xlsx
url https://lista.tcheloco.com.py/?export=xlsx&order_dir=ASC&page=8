--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,200 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 11:57</t>
-[...2 lines deleted...]
-    <t>ACCESORIO GO-PRO HERO  ( GLK5170   ) LENS</t>
+    <t>Lista gerada no: 28/12/2025 23:26</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR WAHL 18 P�S   ORIGINAL  110V BRANCO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GOPOLE GPLC-6)</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-333 - PULSO</t>
+    <t>RADIO MEGASTAR RA-18 4 BANDAS - 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MOUSE SATELLITE A-33 USB PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ANTENA CAR ELETRICA SERA MODELO:101 12VOLTS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 10000K - 9006</t>
+  </si>
+  <si>
+    <t>KIT XENON (PARA MOTO ) H4  10000K</t>
+  </si>
+  <si>
+    <t>DRIVER AUTOMOTIVO BOOSTER  BS-D250X 2500W</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>SUPORTE PRA TV -LEVEL 32" / 52" LV-ST3256</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F18B REC / SD / USB / 2V</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MANOPLA DE CAMBIO VARIOS MODELOS</t>
+  </si>
+  <si>
+    <t>Variados Automotivo</t>
+  </si>
+  <si>
+    <t>NEON PARA WOOFER - BZNR10YL - 10 POLEGADAS - AMARELO</t>
+  </si>
+  <si>
+    <t>NEON P/WOOFER BZNR15RD 15PULGADAS ROJO</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP1015</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>CACHEADOR DE CABELOS MONDIAL EM-05 2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>MORE FITNESS</t>
-[...97 lines deleted...]
-  <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>LNB 2 SAIDA SHARP               S/GARANT</t>
   </si>
   <si>
     <t>LNB</t>
   </si>
   <si>
     <t>SHARP</t>
   </si>
   <si>
     <t>LNB 4 SAIDA SHARP               S/GARANT</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK WN-722N  WIREL/PEN USB</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>HUB TP-LINK TL-SF1005D</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c05f6de7c30b9a5d77877205601b0955.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5054028323627bb99d9279d539ad9adc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429cd3c3adb65df6b3f4b38a53916993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae54bac51bb31aef8ecf04af7c984a16.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36879f5594e42d85508a7cea1dcab2f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9c96772b924287bc0dc7687229b0cd3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e565e06e6b969ac4ca7d7744e38fa9e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a394e688d604e0afa32d1b8544a66fa7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23582743d643d53683a23818d5ef06a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8586f68af7deaebc2b4a59788f093709.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55fd472f0362522da9a543c2a8ce8305.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1909afd16a206578a6b0a317bd7a2542.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/313eab4ba02f6766552ae1a511ab51f5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d3e39c34da911774e0b2a0a7cb0047.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d1eea06a7af03eb31a54d2e92d919e1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8067a2a0e7aaa2bf607b91fc5a4442b2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aff5dba11cd6c8e48b29977d4f4863.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c81d618f02256962e3be9993a6fbfd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ca853a61d03941764c0099dfcc1775f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe7ce35614e15f65ecc727c824e5df9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb9b585e9cfbb1654d21e39bdcc6d5e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/833a74fc844f80b3fc1d7c80537096bc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778fd1b07799f682b45e10095839703e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a03c880e517481c20e1cc5658b6fea1d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e3007340a373a15c5e3b309fd4f04c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d007c9b7d45f761fdbd44df6fd94fb10.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdff02c99ec3a61e21ee55c0280f59bb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fc03b9c0eed44e8c25b038a8411770.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff095df4dce72d8c1f60839da68d715.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a8074523956ae65921e2f69070015c4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60f9926255d72d00f92a85a55618525.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dad39baa7e0a9ea75a2341361c713a3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2d193b8aca1e6fbd6dae2a8592470a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d2a8466e1cb0cd62c0896ef7111fdd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267e25c5378e64978315a28f54aa65b6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c54f669615757a46874cc83e74c3d1d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d42e70d24a08958c7b16322447141b8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9dcd93b15bb8fce195a2080ae8c5a6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914a58c6cb3f53bd7371ac60fe944748.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9c9e4dd4236c4c8cf13240852369fb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>190039</v>
+        <v>190817</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.0</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>190572</v>
+        <v>192613</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>190817</v>
+        <v>193085</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>192613</v>
+        <v>193856</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>193085</v>
+        <v>196239</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>193856</v>
+        <v>196611</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>196239</v>
+        <v>196628</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>196611</v>
+        <v>196666</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>196628</v>
+        <v>197144</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>196666</v>
+        <v>197755</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>197144</v>
+        <v>198301</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>11.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>197755</v>
+        <v>200837</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>45.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>198301</v>
+        <v>201025</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>200837</v>
+        <v>201032</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>201025</v>
+        <v>203135</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>7.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>201032</v>
+        <v>205948</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>203135</v>
+        <v>206464</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>23.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>205948</v>
+        <v>206471</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>13.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>206464</v>
+        <v>206846</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>8.75</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>206471</v>
+        <v>206853</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>10.75</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>