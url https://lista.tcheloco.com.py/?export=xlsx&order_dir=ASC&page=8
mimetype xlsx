--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,203 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 23:26</t>
-[...20 lines deleted...]
-    <t>RADIO MEGASTAR RA-18 4 BANDAS - 2V</t>
+    <t>Lista gerada no: 12/02/2026 13:51</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F18B REC / SD / USB / 2V</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...11 lines deleted...]
-    <t>ANTENA CAR ELETRICA SERA MODELO:101 12VOLTS</t>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MANOPLA DE CAMBIO VARIOS MODELOS</t>
+  </si>
+  <si>
+    <t>Variados Automotivo</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>NEON PARA WOOFER - BZNR10YL - 10 POLEGADAS - AMARELO</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...2 lines deleted...]
-    <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
+    <t>NEON P/WOOFER BZNR15RD 15PULGADAS ROJO</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP1015</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>CACHEADOR DE CABELOS MONDIAL EM-05 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>LNB 2 SAIDA SHARP               S/GARANT</t>
+  </si>
+  <si>
+    <t>LNB</t>
+  </si>
+  <si>
+    <t>SHARP</t>
+  </si>
+  <si>
+    <t>LNB 4 SAIDA SHARP               S/GARANT</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK WN-722N  WIREL/PEN USB</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>HUB TP-LINK TL-SF1005D</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL INFINITY ION SC-12 - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PRESENTADOR LASER/GREEN POINTER</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>CALCULADORA CIENTIFICA   CASIO FX570ES PLUS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL G-04 SMART GRILL      220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER - EP-6903 - 7W - EMBUTIR - 1 LED</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4902 50W - 2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4903 100W - 2V</t>
+  </si>
+  <si>
+    <t>KIT XENON HID (H-7) 4300K</t>
   </si>
   <si>
     <t>Kit Xenon</t>
   </si>
   <si>
-    <t>KIT XENON HID - HB-4 - 10000K - 9006</t>
-[...77 lines deleted...]
-    <t>HUB TP-LINK TL-SF1005D</t>
+    <t>CALCULADORA  CIENTIFICA CASIO FX95ES-PLUS</t>
+  </si>
+  <si>
+    <t>CONTROLE PARA FITA LED COLORIDO</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb9b585e9cfbb1654d21e39bdcc6d5e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/833a74fc844f80b3fc1d7c80537096bc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778fd1b07799f682b45e10095839703e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a03c880e517481c20e1cc5658b6fea1d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e3007340a373a15c5e3b309fd4f04c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d007c9b7d45f761fdbd44df6fd94fb10.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdff02c99ec3a61e21ee55c0280f59bb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fc03b9c0eed44e8c25b038a8411770.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff095df4dce72d8c1f60839da68d715.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a8074523956ae65921e2f69070015c4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60f9926255d72d00f92a85a55618525.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dad39baa7e0a9ea75a2341361c713a3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2d193b8aca1e6fbd6dae2a8592470a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d2a8466e1cb0cd62c0896ef7111fdd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267e25c5378e64978315a28f54aa65b6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c54f669615757a46874cc83e74c3d1d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d42e70d24a08958c7b16322447141b8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9dcd93b15bb8fce195a2080ae8c5a6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914a58c6cb3f53bd7371ac60fe944748.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9c9e4dd4236c4c8cf13240852369fb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a11da86f96f03e806e21a4456c7cd8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76bf8b541125e76e85b70bd0fb42bca4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacfec4404cd80222dbf21fc44c3e727.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6822dff3e6394481fbf82e5eeb17370f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b6c97cdb2e24658169c72e48d02912.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9ba9308c247daea6b919073d8fe21a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659d3ab7e816edcb079d28be0d429b10.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a55f40a595c0b4fdf2782bb5861fae.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8e8c15b849f4f6c4b611af89f13953.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74b527f014665411f99ad75b0620a04.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d9a99e1666c72eb63d1df204f090d8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca46eb8d5b01597891e100c03a54dc6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d222734a494b776659aab1ce4b6f5b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8126baeeea73e5354dae546d4d0fd61.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711971bde6e112043569ba464c762eb3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5317f9c3df0e8defbd732b41e0cd9bf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f38d1e41d373405729cde7f992bfd5f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0419d1b018618808d67d5bd9f8e310e7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbb5d0de5e7ad2eee3ef997db190b97d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3aca421190171c91408633848634331.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -545,51 +536,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="838200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1175,386 +1166,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>190817</v>
+        <v>198301</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.99</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>192613</v>
+        <v>200837</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>193085</v>
+        <v>201025</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>193856</v>
+        <v>201032</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>2.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>196239</v>
+        <v>203135</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
         <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>196611</v>
+        <v>205948</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>196628</v>
+        <v>206464</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>196666</v>
+        <v>206471</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>197144</v>
+        <v>206846</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>12.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>197755</v>
+        <v>206853</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>45.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>198301</v>
+        <v>209168</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>200837</v>
+        <v>209670</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>201025</v>
+        <v>210645</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>7.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>201032</v>
+        <v>210935</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>203135</v>
+        <v>211604</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
         <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>205948</v>
+        <v>211758</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>206464</v>
+        <v>211765</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>8.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>206471</v>
+        <v>211888</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>10.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>206846</v>
+        <v>213400</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
-        <v>7.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>206853</v>
+        <v>213639</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>5.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>