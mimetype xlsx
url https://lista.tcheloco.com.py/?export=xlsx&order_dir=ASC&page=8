--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,71 +14,80 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 13:51</t>
+    <t>Lista gerada no: 30/03/2026 14:35</t>
+  </si>
+  <si>
+    <t>SUPORTE PRA TV -LEVEL 32" / 52" LV-ST3256</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F18B REC / SD / USB / 2V</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>MANOPLA DE CAMBIO VARIOS MODELOS</t>
   </si>
   <si>
     <t>Variados Automotivo</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>NEON PARA WOOFER - BZNR10YL - 10 POLEGADAS - AMARELO</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
@@ -103,105 +112,99 @@
   <si>
     <t>LNB 2 SAIDA SHARP               S/GARANT</t>
   </si>
   <si>
     <t>LNB</t>
   </si>
   <si>
     <t>SHARP</t>
   </si>
   <si>
     <t>LNB 4 SAIDA SHARP               S/GARANT</t>
   </si>
   <si>
     <t>PC ROUTER TP-LINK WN-722N  WIREL/PEN USB</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>HUB TP-LINK TL-SF1005D</t>
   </si>
   <si>
+    <t>HUB SWITCH 8 PORTAS TP-LINK TL-SF1008D</t>
+  </si>
+  <si>
     <t>SECADOR MONDIAL INFINITY ION SC-12 - 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
+    <t>SECADOR MONDIAL INFINITY ION SC-12 220V</t>
+  </si>
+  <si>
     <t>PRESENTADOR LASER/GREEN POINTER</t>
   </si>
   <si>
     <t>Apresentador de Slides</t>
   </si>
   <si>
+    <t>REL�GIO DE PAREDE CASIO IQ126-5</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
     <t>CALCULADORA CIENTIFICA   CASIO FX570ES PLUS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
-    <t>CASIO</t>
-[...5 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>FONTE RECEPTORES UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Receptor</t>
   </si>
   <si>
     <t>LAMPADA LED ECOPOWER - EP-6903 - 7W - EMBUTIR - 1 LED</t>
   </si>
   <si>
     <t>Lampadas P/Embutir</t>
   </si>
   <si>
-    <t>REFLETOR LED ECOPOWER EP-4902 50W - 2V</t>
+    <t>REFLECTOR LED ECOPOWER EP-4900 20W 2V</t>
   </si>
   <si>
     <t>Refletores Led</t>
-  </si>
-[...16 lines deleted...]
-    <t>Fitas Led</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a11da86f96f03e806e21a4456c7cd8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76bf8b541125e76e85b70bd0fb42bca4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacfec4404cd80222dbf21fc44c3e727.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6822dff3e6394481fbf82e5eeb17370f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b6c97cdb2e24658169c72e48d02912.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9ba9308c247daea6b919073d8fe21a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659d3ab7e816edcb079d28be0d429b10.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a55f40a595c0b4fdf2782bb5861fae.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8e8c15b849f4f6c4b611af89f13953.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74b527f014665411f99ad75b0620a04.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d9a99e1666c72eb63d1df204f090d8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca46eb8d5b01597891e100c03a54dc6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d222734a494b776659aab1ce4b6f5b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8126baeeea73e5354dae546d4d0fd61.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711971bde6e112043569ba464c762eb3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5317f9c3df0e8defbd732b41e0cd9bf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f38d1e41d373405729cde7f992bfd5f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0419d1b018618808d67d5bd9f8e310e7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbb5d0de5e7ad2eee3ef997db190b97d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3aca421190171c91408633848634331.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161606814f962451299e0c764881ef3f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2823d649786814d46a4dad1968ea2199.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233ab11c2c180e875e14f656ab616b91.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62002ef7967bed6998cde839068e64a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b671daeb950c7f1df64d7330dde4919d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c6bdb996a4f9856d14b6ce5fa65dd6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/408c72449da3adc7e65172f8436a0516.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd5c8a931aac80d9d63c9671ebb5981.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85859f1af2716997eaf523ca8082c174.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85e4d8cfdfe485f788c67b8d09cf0769.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b82e859f886617ccb6d75181a420ce.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda818a75cecaa59be95b57ed46182ee.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ccbe95149ff1c4c54c75256f97fda39.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cac7ab71f251544524c32c735247734.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/994e7ec782771f7685bc19f40c762962.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8cafd9060872c4cc315843c5d4e03b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ea21a9cb6c9c2fefcc0a6236c2d3c6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6785778c4617d9f3c458a7db5bd79a07.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99718f09fce536c3c307a7a662891817.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/136b40cff5aa270d1c8863ae813b41a6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -536,111 +539,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="838200" cy="590550"/>
-    <xdr:pic>
-[...58 lines deleted...]
-    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1166,386 +1169,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>198301</v>
+        <v>197755</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>200837</v>
+        <v>198301</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>201025</v>
+        <v>200837</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>201032</v>
+        <v>201025</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>203135</v>
+        <v>201032</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>205948</v>
+        <v>203135</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>13.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>206464</v>
+        <v>205948</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>206471</v>
+        <v>206464</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>206846</v>
+        <v>206471</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>7.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>206853</v>
+        <v>206846</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>209168</v>
+        <v>206853</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>22.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>209670</v>
+        <v>206860</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>9.6</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>210645</v>
+        <v>209168</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>17.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>210935</v>
+        <v>209175</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>29.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>211604</v>
+        <v>209670</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>211758</v>
+        <v>210621</v>
       </c>
       <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>211765</v>
+        <v>210645</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
         <v>42</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>211888</v>
+        <v>211536</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>213400</v>
+        <v>211604</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>13.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>213639</v>
+        <v>211710</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>5.5</v>
+        <v>4.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>